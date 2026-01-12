--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -231,65 +231,50 @@
     <t>316/SMD</t>
   </si>
   <si>
     <t>06/02/2023</t>
   </si>
   <si>
     <t>06/07/2025</t>
   </si>
   <si>
     <t>B.T.PROJECTS PVT.LTD.</t>
   </si>
   <si>
     <t>Construction of 250 cum. capacity 20 mtr. staging height RCC Over Head Reservoir alongwith Soil Investigation work, Laying Distribution System and Rising Main, providing Functional Household Tap Connection (FHTC), Construction of Pump House cum Chlorine Room etc. for Kashinathpur Piped Water Supply Scheme, Block-Bhangar-I, District-South 24-Parganas for for implementation of JJM under South 24-Pgns. W/S Division-I, P.H.E. Dte. [No. of FHTC = 2255]</t>
   </si>
   <si>
     <t>ORD/000395/2023-2024</t>
   </si>
   <si>
     <t>1878/SWD-I</t>
   </si>
   <si>
     <t>18/08/2023</t>
   </si>
   <si>
     <t>13/06/2024</t>
-  </si>
-[...13 lines deleted...]
-    <t>24/07/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -678,51 +663,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1282,150 +1267,87 @@
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>486.03</v>
       </c>
       <c r="Q10" s="4">
         <v>141.11</v>
       </c>
       <c r="R10" s="4">
         <v>29.03</v>
       </c>
       <c r="S10" s="4">
         <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...20 lines deleted...]
-      <c r="H11" s="13" t="s">
+      <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>694.76</v>
+      </c>
+      <c r="P11" s="8">
+        <v>151.62</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>21.82</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>