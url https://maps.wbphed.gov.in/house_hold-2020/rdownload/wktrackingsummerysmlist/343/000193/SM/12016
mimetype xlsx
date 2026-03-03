--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1190,54 +1190,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>22.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>10.5</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>45.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1253,88 +1253,88 @@
       <c r="I10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>486.03</v>
       </c>
       <c r="Q10" s="4">
-        <v>141.11</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>29.03</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>694.76</v>
       </c>
       <c r="P11" s="8">
-        <v>151.62</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>21.82</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>