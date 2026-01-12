--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -341,51 +341,51 @@
   <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>PADMA ENGINEERING CO.</t>
   </si>
   <si>
     <t>NAN</t>
   </si>
   <si>
     <t>Construction of Arsenic-cum-Iron Removal Plant (AIRP) for JALILPUR Piped Water Supply Scheme of Bishnupur-I Block under South 24-Pgns. W/S Division-I, Dist.-South 24-Pgns.</t>
   </si>
   <si>
     <t>ORD/000326/2022-2023</t>
   </si>
   <si>
     <t>2026/SWD-I</t>
   </si>
   <si>
     <t>29/11/2022</t>
   </si>
   <si>
-    <t>28/01/2023</t>
+    <t>11/11/2025</t>
   </si>
   <si>
     <t>MONDAL PRECISION PVT. LTD.</t>
   </si>
   <si>
     <t>Construction of Boundary Wall &amp; other allied works at 12 (twelve) nos. Head Work Sites of different PWSS within Bishnupur-I Block, Dist.-South 24-Parganas for Augmentation of Surface Water based Water Supply Scheme in the Arsenic Affected areas of South 24-Parganas District.</t>
   </si>
   <si>
     <t>JE1,JE2,JE4</t>
   </si>
   <si>
     <t>ORD/000209/2023-2024</t>
   </si>
   <si>
     <t>1377/SWD-I</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PVT. LTD.</t>
   </si>
   <si>
     <t>Providing Additional FHTC, C.C base of existing and new FHTC and restoration of damaged concrete road at JALILPUR PWSS in Arsenic affected areas of South 24 pargans District in Bishnupur-I Block, under South 24 pgs W/S Division-I, P.H.E Dte. (New FHTC =60 nos) [Scheme Code: SM/11988]</t>
   </si>