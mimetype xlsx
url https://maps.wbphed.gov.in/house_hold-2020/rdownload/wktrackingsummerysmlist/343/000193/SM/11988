--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1023,54 +1023,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>9.65</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.83</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>91.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1084,54 +1084,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>2.44</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.27</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1147,54 +1147,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>23.87</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.57</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>48.44</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>0.54</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1631,54 +1631,54 @@
       <c r="I13" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>0.75</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1875,54 +1875,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P17" s="4">
         <v>122.11</v>
       </c>
       <c r="Q17" s="4">
-        <v>109.9</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2001,54 +2001,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P19" s="4">
         <v>6.99</v>
       </c>
       <c r="Q19" s="4">
-        <v>6.83</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>97.81</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2064,54 +2064,54 @@
       <c r="I20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P20" s="4">
         <v>53.19</v>
       </c>
       <c r="Q20" s="4">
-        <v>41.99</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>78.95</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>99</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2127,54 +2127,54 @@
       <c r="I21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>13.77</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>10.49</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2224,54 +2224,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>138</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>416.39</v>
       </c>
       <c r="P23" s="8">
-        <v>184.28</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>44.26</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>