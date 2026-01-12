--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -365,51 +365,51 @@
   <si>
     <t>1377/SWD-I</t>
   </si>
   <si>
     <t>12/07/2023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PVT. LTD.</t>
   </si>
   <si>
     <t>Sinking of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deep Tubewell having 66 mtr. housing pipe by Rotary method at 2nd Tubewell for SALPUKURIA Piped Water Supply Scheme in BISHNUPUR-I Block for Augmentaion of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [SM/11783]</t>
   </si>
   <si>
     <t>ORD/000789/2023-2024</t>
   </si>
   <si>
     <t>1072/SWD-I</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
-    <t>03/04/2024</t>
+    <t>30/11/2024</t>
   </si>
   <si>
     <t>MONDAL TUBEWELL</t>
   </si>
   <si>
     <t>Construction of boundary wall, approach road, Pump house, laying of additional pipeline and other allied works for SALPUKURIA PWSS to accommodate FHTC in Bishnupur-I Block under South 24-Pgns W/S Divn-I, PHE Dte. South 24 Parganas District. [SM/11783]</t>
   </si>
   <si>
     <t>ORD/000249/2024-2025</t>
   </si>
   <si>
     <t>2669/SWD-I</t>
   </si>
   <si>
     <t>07/06/2024</t>
   </si>
   <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>Continuation Order for the work of "Hiring of additional 01 (one) no. diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of the Assistant Engineer, Sub-Division-II under South 24-Pgns. W/S Division-I, PHE Dte. (w.e.f. 01/09/2024 to 28/02/2025) [Vehhicle No - WB-19J-3488]</t>
   </si>
   <si>
     <t>ORD/001063/2024-2025</t>
   </si>