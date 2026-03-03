--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1004,54 +1004,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.69</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.68</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1246,54 +1246,54 @@
         <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>0.73</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>268.59</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1421,54 +1421,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P10" s="4">
         <v>0.72</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>213.3</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>99</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1482,54 +1482,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="4">
         <v>0.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>254.9</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1543,54 +1543,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>15.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>15.76</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.33</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1604,54 +1604,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>3.35</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.29</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.31</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>99</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1722,54 +1722,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>179.64</v>
       </c>
       <c r="Q15" s="4">
-        <v>109.96</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>61.21</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>90</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2027,54 +2027,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P20" s="4">
         <v>0.86</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>254.07</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>70</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2088,88 +2088,88 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P21" s="4">
         <v>0.87</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>86.1</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>479.57</v>
       </c>
       <c r="P22" s="8">
-        <v>140.32</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>29.26</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>