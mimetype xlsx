--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -335,75 +335,75 @@
   <si>
     <t>1377/SWD-I</t>
   </si>
   <si>
     <t>12/07/2023</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PVT. LTD.</t>
   </si>
   <si>
     <t>Construction of boundary wall, approach road, pump hopuse, land development, road restoration, additional laying of pipeline, rising main and protection work of pipeline for CHAK NURSIKDER PWSS to accommodate FHTC in Bishnupur-I Block under South 24-Pgns for Augmentation of Surface Water Based Water Supply Scheme in the Arsenic Affected areas of South 24-Pgns, W/S Divn-I, PHE Dte. [SM/11782]</t>
   </si>
   <si>
     <t>ORD/000246/2024-2025</t>
   </si>
   <si>
     <t>2666/SWD-I</t>
   </si>
   <si>
     <t>07/06/2024</t>
   </si>
   <si>
-    <t>16/10/2025</t>
+    <t>30/11/2025</t>
   </si>
   <si>
     <t>SRIJON ENTERPRISE</t>
   </si>
   <si>
     <t>Continuation Order for the work of "Hiring of diesel driven Non-Air conditioner Motor Cab having BS-III &amp; above category (Luxury Ambassador / Indica / Swift Dezire Car) with driver for official use of the Assistant Engineer, Sub-Division-II under South 24-Pgns. W/S Division-I, PHE Dte." (w.e.f. 01/12/2024 to 31/05/2025) [Vehicle NoWB-11D-3607]</t>
   </si>
   <si>
     <t>ORD/001061/2024-2025</t>
   </si>
   <si>
     <t>4878/SWD-I</t>
   </si>
   <si>
     <t>29/11/2024</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>Providing protection work of drum sheet walling along with other allied works for the construction of the Boundary Wall at 1st Tubewell site of Chak Nurshikdar PWSS to accommodate FHTC in BISHNUPUR-I Block under South 24 Pgs W/S Division-I, P.H.E. Dte. for augmentation of surface water based water supply scheme in the arsenic affected areas of South 24 Parganas District [SM/11782]</t>
   </si>
   <si>
-    <t>AE S24D1</t>
+    <t>AE S24D1,AE SWSD-II</t>
   </si>
   <si>
     <t>ORD/000003/2025-2026</t>
   </si>
   <si>
     <t>906/SWD-I</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deepTubewell having 66 mtr. housing pipe by Rotary method at Second Tubewell site for CHAK NURSHIKDAR PWSS of BISHNUPUR-I block for Augmentaion of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [TSM/011738]</t>
   </si>
   <si>
     <t>ORD/000592/2022-2023</t>
   </si>
   <si>
     <t>3112/SWD-I</t>
   </si>
@@ -986,54 +986,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.55</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.55</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1047,54 +1047,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>25.93</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>49.25</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1108,54 +1108,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>14.89</v>
       </c>
       <c r="Q5" s="4">
-        <v>14.51</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.46</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1169,54 +1169,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>6.04</v>
       </c>
       <c r="Q6" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.37</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1401,54 +1401,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>138.64</v>
       </c>
       <c r="Q10" s="4">
-        <v>91.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>66.25</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>92</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1462,54 +1462,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>0.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>275.86</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1523,54 +1523,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>0.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>275.83</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1582,54 +1582,54 @@
         <v>85</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P13" s="4">
         <v>0.87</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>274.94</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>30</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1643,54 +1643,54 @@
       <c r="I14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>0.75</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1826,54 +1826,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P17" s="4">
         <v>0.86</v>
       </c>
       <c r="Q17" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>277.47</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1893,51 +1893,51 @@
       <c r="K18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P18" s="4">
         <v>3.33</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
@@ -1948,88 +1948,88 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P19" s="4">
         <v>15.87</v>
       </c>
       <c r="Q19" s="4">
-        <v>12.37</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>77.95</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>98</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>127</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>429.91</v>
       </c>
       <c r="P20" s="8">
-        <v>150.39</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>34.98</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>