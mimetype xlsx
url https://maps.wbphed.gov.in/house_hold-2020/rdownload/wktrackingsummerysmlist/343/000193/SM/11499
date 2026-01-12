--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -167,126 +167,126 @@
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Sinking of Rig bored 02 (Two) nos. 250mm X 150mm dia &amp; 300 mtr. deep Tubewell by Rotary method for DEWANGANJ PWSS of Joynagar-I Block Under South 24 Parganas W/S Division-I, PHE Dte.</t>
   </si>
   <si>
     <t>JE-1</t>
   </si>
   <si>
     <t>ORD/000076/2022-2023</t>
   </si>
   <si>
     <t>1187/SWD-I</t>
   </si>
   <si>
     <t>02/09/2022</t>
   </si>
   <si>
     <t>02/10/2022</t>
   </si>
   <si>
     <t>TAPAS KUMAR GIRI</t>
   </si>
   <si>
+    <t>Additional work for sinking of 02 (two) nos. Rig bored 250 mm x 150 mm dia. &amp; 300 mtr. deep Tube well to achieve 66 mtr. housing pipe by Rotary Method for Dewanganj PWSS of Joynagar-I Block for Augmentation of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division- I, P.H.E. Dte. [TSM/011007]</t>
+  </si>
+  <si>
+    <t>ORD/000733/2022-2023</t>
+  </si>
+  <si>
+    <t>3584/SWD-I</t>
+  </si>
+  <si>
+    <t>22/03/2023</t>
+  </si>
+  <si>
+    <t>06/04/2023</t>
+  </si>
+  <si>
+    <t>Construction of approach road in front of OHR site and construction of Boundary Walls at Tubewell site- 1 &amp; 2 under Ground Water Based DEWANGANJ Pipe Water Supply Scheme to Accommodate FHTC in Jaynagar-I Block under South 24-Pgns. W/S Division-I, PHE Dte. (SM/11499)</t>
+  </si>
+  <si>
+    <t>ORD/000666/2023-2024</t>
+  </si>
+  <si>
+    <t>3026/SWD-I</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>SRIJON ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of 02 (Two) nos. chlorination rooms at Dewanganj at Jaynagar-I Block under Surface Water Based Water Supply Scheme in the Arsenic affected areas under South 24-Pgns Water Supply Divn-I, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000375/2022-2023</t>
+  </si>
+  <si>
+    <t>2209/SWD-I</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>11/02/2023</t>
+  </si>
+  <si>
+    <t>KHAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at P.H. No. 2 of Dewanganj w/s scheme . Application no. 1008175066 .</t>
+  </si>
+  <si>
+    <t>BILL/02036/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-488</t>
+  </si>
+  <si>
+    <t>09/12/2024</t>
+  </si>
+  <si>
     <t>Construction of 200 m3 capacity 20 M. staging height R.C.C. Over Head Water Reservoir as per departmental design, drawing &amp; specification including R.C.C. Bored Pile &amp; Pile Cap after soil investigation alongwith Providing 100% FHTC &amp; Laying distribution system from Big dia deep Tube Well at DEWANGANJ Mouza of JOYNAGAR-I Block due to improvement of water supply in the water Scarcity area/non command area under Surface Water Based Water Supply Scheme in the Arsenic affected areas of South 24-Pgns district. (No. of FHTC = 1095)</t>
   </si>
   <si>
     <t>ORD/000220/2022-2023</t>
   </si>
   <si>
     <t>1629/SWD-I</t>
   </si>
   <si>
     <t>20/10/2022</t>
   </si>
   <si>
-    <t>16/08/2023</t>
-[...62 lines deleted...]
-    <t>09/12/2024</t>
+    <t>01/11/2025</t>
   </si>
   <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1 and 2, of Dewanganj water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Jaynagar-I]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000732/2023-2024</t>
   </si>
   <si>
     <t>2915/SMD</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>JAGANNATH ENTERPRISE</t>
   </si>
@@ -1133,311 +1133,311 @@
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="P7" s="4">
-        <v>308.29</v>
+        <v>3.14</v>
       </c>
       <c r="Q7" s="4">
-        <v>237.55</v>
+        <v>1.57</v>
       </c>
       <c r="R7" s="4">
-        <v>77.05</v>
+        <v>50</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="M8" s="4" t="s">
+      <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="N8" s="4" t="s">
+      <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="O8" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>3.14</v>
+        <v>49.36</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.57</v>
+        <v>21.24</v>
       </c>
       <c r="R8" s="4">
-        <v>50</v>
+        <v>43.03</v>
       </c>
       <c r="S8" s="4">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="P9" s="4">
-        <v>49.36</v>
+        <v>11.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>21.24</v>
+        <v>9.5</v>
       </c>
       <c r="R9" s="4">
-        <v>43.03</v>
+        <v>82.48</v>
       </c>
       <c r="S9" s="4">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="P10" s="4">
-        <v>11.52</v>
+        <v>10.33</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.5</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>82.48</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="I11" s="13"/>
-[...1 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="P11" s="4">
-        <v>10.33</v>
+        <v>308.29</v>
       </c>
       <c r="Q11" s="4">
-        <v>0</v>
+        <v>237.55</v>
       </c>
       <c r="R11" s="4">
-        <v>0</v>
+        <v>77.05</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>