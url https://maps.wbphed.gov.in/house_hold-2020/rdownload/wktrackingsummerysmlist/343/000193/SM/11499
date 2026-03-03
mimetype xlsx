--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -895,54 +895,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.62</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.82</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1076,54 +1076,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>28.52</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.01</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>42.1</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1139,54 +1139,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>3.14</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1202,54 +1202,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>49.36</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.24</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>43.03</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1265,54 +1265,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>11.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>9.5</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>82.48</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1387,54 +1387,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P11" s="4">
         <v>308.29</v>
       </c>
       <c r="Q11" s="4">
-        <v>237.55</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>77.05</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1450,54 +1450,54 @@
       <c r="I12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>79</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>18.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.74</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>46.31</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1610,54 +1610,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>502.34</v>
       </c>
       <c r="P15" s="8">
-        <v>293.2</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>58.37</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>