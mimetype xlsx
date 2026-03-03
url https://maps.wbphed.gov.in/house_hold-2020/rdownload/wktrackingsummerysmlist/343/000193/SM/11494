--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -347,51 +347,51 @@
   <si>
     <t>CONCORD PROJECTS PVT. LTD.</t>
   </si>
   <si>
     <t>Construction of temporary approach road, land development and allied works related to the 2nd Tubewell site of Panakua PWSS to accommodate FHTC in BISHNUPUR-I Block under South 24 Pgs W/S Division -I, P.H.E. Dte. South 24 Parganas District [SM/11494]</t>
   </si>
   <si>
     <t>ORD/001073/2024-2025</t>
   </si>
   <si>
     <t>5341/SWD-I</t>
   </si>
   <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>DEBASHIS DAS</t>
   </si>
   <si>
     <t>Providing bullah pilling works and other allied works for the construction of the Boundary Wall at 1st Tubewell site of Panakua PWSS to accommodate FHTC in BISHNUPUR-I Block under South 24 Pgs W/S Division -I, P.H.E. Dte. [SM/11494]</t>
   </si>
   <si>
-    <t>AE S24D1</t>
+    <t>AE S24D1,AE SWSD-II</t>
   </si>
   <si>
     <t>ORD/000002/2025-2026</t>
   </si>
   <si>
     <t>905/SWD-I</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
     <t>CONCORD PROJECTS PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Rig bored 250mm x 150mm dia. &amp; 300 mtr. deepTubewell having 66 mtr. housing pipe by Rotary method at Second Tubewell site for PANAKUA PWSS of BISHNUPUR-I block for Augmentaion of Surface Water Based W/S Scheme in the Arsenic Affected Areas of South 24 Pgs district under South 24-Parganas W/S Division-I, P.H.E. Dte. [TSM/011229]</t>
   </si>
   <si>
     <t>ORD/000594/2022-2023</t>
   </si>
   <si>
     <t>3114/SWD-I</t>
   </si>
@@ -973,54 +973,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>14.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>13.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>94.49</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1034,54 +1034,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.69</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.54</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>94.52</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1097,54 +1097,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.71</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>82.94</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1160,54 +1160,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>6.05</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.77</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>95.38</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1223,54 +1223,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>0.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1463,54 +1463,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="4">
         <v>139.04</v>
       </c>
       <c r="Q11" s="4">
-        <v>106.08</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>76.3</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>94</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1585,54 +1585,54 @@
       <c r="I13" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>0.75</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1648,54 +1648,54 @@
       <c r="I14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>26.42</v>
       </c>
       <c r="Q14" s="4">
-        <v>12.78</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>48.37</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>70</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1930,54 +1930,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>426.01</v>
       </c>
       <c r="P19" s="8">
-        <v>143.01</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>33.57</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>