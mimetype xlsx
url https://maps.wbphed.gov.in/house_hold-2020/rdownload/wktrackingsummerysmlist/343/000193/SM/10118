--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -902,54 +902,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>8.01</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>54.18</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -961,54 +961,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>8.94</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.04</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>89.92</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1020,54 +1020,54 @@
         <v>36</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>74.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>73.33</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.94</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1079,54 +1079,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>74.16</v>
       </c>
       <c r="Q6" s="4">
-        <v>73.22</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.74</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1138,54 +1138,54 @@
         <v>44</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>5.33</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.26</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.79</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1197,54 +1197,54 @@
         <v>48</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>24.08</v>
       </c>
       <c r="Q8" s="4">
-        <v>23.87</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1256,54 +1256,54 @@
         <v>52</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>10.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>10.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.53</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1315,54 +1315,54 @@
         <v>56</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P10" s="4">
         <v>13.25</v>
       </c>
       <c r="Q10" s="4">
-        <v>12.83</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.83</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1374,54 +1374,54 @@
         <v>59</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4">
         <v>55.59</v>
       </c>
       <c r="Q11" s="4">
-        <v>55.08</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.08</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1431,54 +1431,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P12" s="4">
         <v>18.54</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.54</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>56.84</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1490,54 +1490,54 @@
         <v>67</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="4">
         <v>6.24</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.69</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>91.11</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
         <v>70</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>13.27</v>
       </c>
       <c r="Q14" s="4">
-        <v>12.79</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>96.36</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1608,54 +1608,54 @@
         <v>74</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P15" s="4">
         <v>84.37</v>
       </c>
       <c r="Q15" s="4">
-        <v>83.71</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.22</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1667,54 +1667,54 @@
         <v>80</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P16" s="4">
         <v>47.62</v>
       </c>
       <c r="Q16" s="4">
-        <v>47.27</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.27</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1726,54 +1726,54 @@
         <v>83</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P17" s="4">
         <v>9.49</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.49</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1844,88 +1844,88 @@
       <c r="I19" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>50.12</v>
       </c>
       <c r="Q19" s="4">
-        <v>14.18</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>28.29</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>894.96</v>
       </c>
       <c r="P20" s="8">
-        <v>449.85</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>50.27</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>