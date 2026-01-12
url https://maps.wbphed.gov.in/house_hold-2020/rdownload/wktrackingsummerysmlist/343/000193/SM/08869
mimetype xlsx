--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -371,90 +371,69 @@
   <si>
     <t>BILL/01182/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-246</t>
   </si>
   <si>
     <t>Payment of Additional Quotation for new service connection at Makhalia OHR (JL. No. 44) under Augmentation of Surface Water based Water Supply Scheme of Budge Budge - II, Bishnupur - II and part of Budge Budge - I Block Application ID - 100000099662 Reference ID - 860291532</t>
   </si>
   <si>
     <t>BILL/01177/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-241</t>
   </si>
   <si>
     <t>Quotation for new power connection at Arjapara OHR (JL-97) under augmentation of Surface Water Based Water Supply Scheme under Budge-budge-II, Bishnupur-II and part of Budge-budge-I Block. Application No- 1007782206 Reference Id- 106600759 Application Type- New Connection. Quotation Date-16/05/2024</t>
   </si>
   <si>
     <t>BILL/01181/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-245</t>
   </si>
   <si>
-    <t>Surveying, Design, Construction, Supply, Laying, Erection &amp; Commissioning of 1(one) Clear Water Reservoir and 1(one) Ground Level Reservoir, Pumping main (M.S., D.I. etc.) for conveyance of Treated water to 29 (Twenty Nine) nos. OHR sites(old and New) including construction of Pump Houses, Sub-Station Buildings, Chlorine and Chlorine Tonner Rooms, 16 (sixteen) nos new OHRs of different capacities, Boundary wall, land development, pathway, arboriculture, Distribution System(M.S. D.I./ uPVC/HDPE Pipes etc.) in all the 29(twenty Nine) distribution zones including providing functional household tap connections(FHTC) to all the rural households and Public Institutions(e.g. Schools, AWC, Health Centers etc.), pipe carrying bridges &amp; pipe carrying supports and other related Structure, Restoration of Roads to its original condition as required and related Electro-Mechanical, Instrumentation and Supervisory Control and Data Acquisition System (SCADA) as per scope of works including 03(three) months trial run and 72 Hrs performance guarantee test followed by 60(Sixty) months operation and maintenance (O&amp;M) for Augmentation of surface water based water supply Scheme for arsenic affected areas of BUDGE BUDGE-II, BISHNUPUR-II and part of BUDGE BUDGE-I (MAYAPUR GP only) Blocks in the district of South 24 Parganas.</t>
-[...17 lines deleted...]
-    <t>06/07/2024</t>
+    <t>Providing FHTC in connection to "Augmentation of surface water based water supply scheme for Budge Budge-II, Bishnupur-II and Budge Budge-I Blocks (Mayapur GP only)" under South 24-Pgns. W/S Division-I, PHE Dte., District - South 24-Parganas. [No. of FHTC = 90081]</t>
+  </si>
+  <si>
+    <t>JE-1</t>
+  </si>
+  <si>
+    <t>ORD/000231/2023-2024</t>
+  </si>
+  <si>
+    <t>1375/SWD-I</t>
+  </si>
+  <si>
+    <t>12/07/2023</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
   </si>
   <si>
     <t>WPIL LTD.</t>
-  </si>
-[...16 lines deleted...]
-    <t>29/12/2025</t>
   </si>
   <si>
     <t>Balance work for Laying Distribution System, Rising Main pipe line, gap filling and construction of Approach Road, shifting of DI pipe, road restoration and other allied works in connection with Augmentation of Surface Water Based Water Supply Scheme of Budge Budge II, Bishnupur II and Budge Budge I (Mayapur Part) under South 24 Pgns W/S Division-I, PHE Dte. (SM/08869)</t>
   </si>
   <si>
     <t>ORD/000863/2024-2025</t>
   </si>
   <si>
     <t>4909/SWD-I</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
     <t>Providing Power supply with gaseous chlorination arrangement at Booster Pumping Station GLR of Bishnupur-II Block for the Augmentation of Surface water based water supply scheme of Budge Budge-II, Bishnupur-II and part of Budge Budge-I Blocks in the District of South 24Pgs under South 24Pgs. Mechanical Division PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer -II</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
@@ -930,75 +909,75 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W33"/>
+  <dimension ref="A1:W32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
@@ -2400,491 +2379,430 @@
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>119</v>
       </c>
       <c r="I26" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J26" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="J26" s="13" t="s">
+      <c r="K26" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="K26" s="4" t="s">
+      <c r="L26" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="L26" s="4" t="s">
+      <c r="M26" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="M26" s="4" t="s">
+      <c r="N26" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="N26" s="4" t="s">
+      <c r="O26" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="O26" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P26" s="4">
-        <v>43087</v>
+        <v>3016.78</v>
       </c>
       <c r="Q26" s="4">
-        <v>35053.08</v>
+        <v>1321.06</v>
       </c>
       <c r="R26" s="4">
-        <v>81.35</v>
+        <v>43.79</v>
       </c>
       <c r="S26" s="4">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J27" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="L27" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="K27" s="4" t="s">
+      <c r="M27" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="L27" s="4" t="s">
+      <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="M27" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O27" s="4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P27" s="4">
-        <v>3016.78</v>
+        <v>1746.84</v>
       </c>
       <c r="Q27" s="4">
-        <v>1321.06</v>
+        <v>79.46</v>
       </c>
       <c r="R27" s="4">
-        <v>43.79</v>
+        <v>4.55</v>
       </c>
       <c r="S27" s="4">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J28" s="13" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="P28" s="4">
-        <v>1746.84</v>
+        <v>391.59</v>
       </c>
       <c r="Q28" s="4">
-        <v>79.46</v>
+        <v>207.7</v>
       </c>
       <c r="R28" s="4">
-        <v>4.55</v>
+        <v>53.04</v>
       </c>
       <c r="S28" s="4">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="I29" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="N29" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="O29" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="I29" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P29" s="4">
-        <v>391.59</v>
+        <v>428.72</v>
       </c>
       <c r="Q29" s="4">
-        <v>207.7</v>
+        <v>83.26</v>
       </c>
       <c r="R29" s="4">
-        <v>53.04</v>
+        <v>19.42</v>
       </c>
       <c r="S29" s="4">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="I30" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J30" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L30" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="I30" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K30" s="4" t="s">
+      <c r="M30" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="L30" s="4" t="s">
+      <c r="N30" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="M30" s="4" t="s">
+      <c r="O30" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="N30" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P30" s="4">
-        <v>428.72</v>
+        <v>400.14</v>
       </c>
       <c r="Q30" s="4">
-        <v>83.26</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>19.42</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K31" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="I31" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K31" s="4" t="s">
+      <c r="L31" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="M31" s="4" t="s">
+      <c r="N31" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="N31" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="4" t="s">
-        <v>156</v>
+        <v>138</v>
       </c>
       <c r="P31" s="4">
-        <v>400.14</v>
+        <v>5.43</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
-      <c r="A32" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A32" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="B32" s="7"/>
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+      <c r="H32" s="14"/>
+      <c r="I32" s="14"/>
+      <c r="J32" s="14"/>
+      <c r="K32" s="8"/>
+      <c r="L32" s="8"/>
+      <c r="M32" s="8"/>
+      <c r="N32" s="8"/>
+      <c r="O32" s="8">
+        <v>11385.36</v>
+      </c>
+      <c r="P32" s="8">
+        <v>1699.05</v>
+      </c>
+      <c r="Q32" s="8">
+        <v>14.92</v>
+      </c>
+      <c r="R32" s="8"/>
+      <c r="S32" s="8"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
-    <row r="33" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="A32:N32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>