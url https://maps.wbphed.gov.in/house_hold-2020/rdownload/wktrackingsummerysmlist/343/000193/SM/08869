--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1184,54 +1184,54 @@
         <v>33</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>1.73</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>23.06</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1361,54 +1361,54 @@
         <v>50</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>0.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>83.2</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1420,54 +1420,54 @@
         <v>57</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>1.77</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>22.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1479,54 +1479,54 @@
         <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>1.86</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.3</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1825,54 +1825,54 @@
       <c r="I16" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P16" s="4">
         <v>2.52</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.21</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1886,54 +1886,54 @@
       <c r="I17" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P17" s="4">
         <v>2.05</v>
       </c>
       <c r="Q17" s="4">
-        <v>1.91</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.17</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>95</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2403,54 +2403,54 @@
       <c r="I26" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P26" s="4">
         <v>3016.78</v>
       </c>
       <c r="Q26" s="4">
-        <v>1321.06</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>43.79</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>10</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2464,54 +2464,54 @@
       <c r="I27" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P27" s="4">
         <v>1746.84</v>
       </c>
       <c r="Q27" s="4">
-        <v>79.46</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>4.55</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>60</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2525,54 +2525,54 @@
       <c r="I28" s="13" t="s">
         <v>132</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>133</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P28" s="4">
         <v>391.59</v>
       </c>
       <c r="Q28" s="4">
-        <v>207.7</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>53.04</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>75</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2586,54 +2586,54 @@
       <c r="I29" s="13" t="s">
         <v>132</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>133</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P29" s="4">
         <v>428.72</v>
       </c>
       <c r="Q29" s="4">
-        <v>83.26</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>19.42</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>70</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2742,54 +2742,54 @@
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="11"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="14"/>
       <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8">
         <v>11385.36</v>
       </c>
       <c r="P32" s="8">
-        <v>1699.05</v>
+        <v>0</v>
       </c>
       <c r="Q32" s="8">
-        <v>14.92</v>
+        <v>0</v>
       </c>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A32:N32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>