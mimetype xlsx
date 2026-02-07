--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -3057,54 +3057,54 @@
       </c>
       <c r="H23" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P23" s="4">
         <v>0.67</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3114,54 +3114,54 @@
       </c>
       <c r="H24" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P24" s="4">
         <v>0.67</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3171,54 +3171,54 @@
       </c>
       <c r="H25" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P25" s="4">
         <v>0.67</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3399,54 +3399,54 @@
       </c>
       <c r="H29" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P29" s="4">
         <v>0.67</v>
       </c>
       <c r="Q29" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3456,54 +3456,54 @@
       </c>
       <c r="H30" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P30" s="4">
         <v>0.67</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3798,54 +3798,54 @@
       </c>
       <c r="H36" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P36" s="4">
         <v>0.67</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3855,54 +3855,54 @@
       </c>
       <c r="H37" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P37" s="4">
         <v>0.67</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -4026,54 +4026,54 @@
       </c>
       <c r="H40" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P40" s="4">
         <v>0.67</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4083,54 +4083,54 @@
       </c>
       <c r="H41" s="13" t="s">
         <v>151</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P41" s="4">
         <v>0.67</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4140,54 +4140,54 @@
       </c>
       <c r="H42" s="13" t="s">
         <v>156</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P42" s="4">
         <v>0.67</v>
       </c>
       <c r="Q42" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4197,54 +4197,54 @@
       </c>
       <c r="H43" s="13" t="s">
         <v>161</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P43" s="4">
         <v>0.67</v>
       </c>
       <c r="Q43" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4254,54 +4254,54 @@
       </c>
       <c r="H44" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P44" s="4">
         <v>0.67</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4710,54 +4710,54 @@
       </c>
       <c r="H52" s="13" t="s">
         <v>184</v>
       </c>
       <c r="I52" s="13"/>
       <c r="J52" s="13"/>
       <c r="K52" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P52" s="4">
         <v>0.67</v>
       </c>
       <c r="Q52" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4824,54 +4824,54 @@
       </c>
       <c r="H54" s="13" t="s">
         <v>121</v>
       </c>
       <c r="I54" s="13"/>
       <c r="J54" s="13"/>
       <c r="K54" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P54" s="4">
         <v>0.67</v>
       </c>
       <c r="Q54" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4938,54 +4938,54 @@
       </c>
       <c r="H56" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I56" s="13"/>
       <c r="J56" s="13"/>
       <c r="K56" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P56" s="4">
         <v>2.74</v>
       </c>
       <c r="Q56" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4995,54 +4995,54 @@
       </c>
       <c r="H57" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I57" s="13"/>
       <c r="J57" s="13"/>
       <c r="K57" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P57" s="4">
         <v>4.94</v>
       </c>
       <c r="Q57" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5052,54 +5052,54 @@
       </c>
       <c r="H58" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I58" s="13"/>
       <c r="J58" s="13"/>
       <c r="K58" s="4" t="s">
         <v>204</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>205</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>206</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>207</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P58" s="4">
         <v>4.75</v>
       </c>
       <c r="Q58" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5109,54 +5109,54 @@
       </c>
       <c r="H59" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I59" s="13"/>
       <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P59" s="4">
         <v>4.75</v>
       </c>
       <c r="Q59" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5166,54 +5166,54 @@
       </c>
       <c r="H60" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I60" s="13"/>
       <c r="J60" s="13"/>
       <c r="K60" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P60" s="4">
         <v>4.75</v>
       </c>
       <c r="Q60" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5223,54 +5223,54 @@
       </c>
       <c r="H61" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I61" s="13"/>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P61" s="4">
         <v>4.75</v>
       </c>
       <c r="Q61" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5280,54 +5280,54 @@
       </c>
       <c r="H62" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I62" s="13"/>
       <c r="J62" s="13"/>
       <c r="K62" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P62" s="4">
         <v>4.75</v>
       </c>
       <c r="Q62" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5337,54 +5337,54 @@
       </c>
       <c r="H63" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I63" s="13"/>
       <c r="J63" s="13"/>
       <c r="K63" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P63" s="4">
         <v>4.75</v>
       </c>
       <c r="Q63" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5394,54 +5394,54 @@
       </c>
       <c r="H64" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I64" s="13"/>
       <c r="J64" s="13"/>
       <c r="K64" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>225</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P64" s="4">
         <v>4.75</v>
       </c>
       <c r="Q64" s="4">
-        <v>9.49</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>199.74</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5451,54 +5451,54 @@
       </c>
       <c r="H65" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I65" s="13"/>
       <c r="J65" s="13"/>
       <c r="K65" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P65" s="4">
         <v>4.88</v>
       </c>
       <c r="Q65" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5508,54 +5508,54 @@
       </c>
       <c r="H66" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I66" s="13"/>
       <c r="J66" s="13"/>
       <c r="K66" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P66" s="4">
         <v>4.88</v>
       </c>
       <c r="Q66" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5565,54 +5565,54 @@
       </c>
       <c r="H67" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I67" s="13"/>
       <c r="J67" s="13"/>
       <c r="K67" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>236</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P67" s="4">
         <v>4.18</v>
       </c>
       <c r="Q67" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5622,54 +5622,54 @@
       </c>
       <c r="H68" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I68" s="13"/>
       <c r="J68" s="13"/>
       <c r="K68" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P68" s="4">
         <v>4.75</v>
       </c>
       <c r="Q68" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5679,54 +5679,54 @@
       </c>
       <c r="H69" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I69" s="13"/>
       <c r="J69" s="13"/>
       <c r="K69" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P69" s="4">
         <v>4.75</v>
       </c>
       <c r="Q69" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5736,54 +5736,54 @@
       </c>
       <c r="H70" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I70" s="13"/>
       <c r="J70" s="13"/>
       <c r="K70" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P70" s="4">
         <v>4.75</v>
       </c>
       <c r="Q70" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5793,54 +5793,54 @@
       </c>
       <c r="H71" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I71" s="13"/>
       <c r="J71" s="13"/>
       <c r="K71" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P71" s="4">
         <v>4.75</v>
       </c>
       <c r="Q71" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5850,54 +5850,54 @@
       </c>
       <c r="H72" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I72" s="13"/>
       <c r="J72" s="13"/>
       <c r="K72" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P72" s="4">
         <v>4.75</v>
       </c>
       <c r="Q72" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5907,54 +5907,54 @@
       </c>
       <c r="H73" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I73" s="13"/>
       <c r="J73" s="13"/>
       <c r="K73" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>248</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P73" s="4">
         <v>2.05</v>
       </c>
       <c r="Q73" s="4">
-        <v>2.05</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -5964,54 +5964,54 @@
       </c>
       <c r="H74" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I74" s="13"/>
       <c r="J74" s="13"/>
       <c r="K74" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P74" s="4">
         <v>4.88</v>
       </c>
       <c r="Q74" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>0</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6021,54 +6021,54 @@
       </c>
       <c r="H75" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="13"/>
       <c r="K75" s="4" t="s">
         <v>251</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>252</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P75" s="4">
         <v>0.44</v>
       </c>
       <c r="Q75" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6078,54 +6078,54 @@
       </c>
       <c r="H76" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="13"/>
       <c r="K76" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P76" s="4">
         <v>4.88</v>
       </c>
       <c r="Q76" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -6135,54 +6135,54 @@
       </c>
       <c r="H77" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I77" s="13"/>
       <c r="J77" s="13"/>
       <c r="K77" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P77" s="4">
         <v>4.74</v>
       </c>
       <c r="Q77" s="4">
-        <v>4.74</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6192,54 +6192,54 @@
       </c>
       <c r="H78" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="13"/>
       <c r="J78" s="13"/>
       <c r="K78" s="4" t="s">
         <v>257</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>258</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P78" s="4">
         <v>4.21</v>
       </c>
       <c r="Q78" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>0</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -6249,54 +6249,54 @@
       </c>
       <c r="H79" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="13"/>
       <c r="K79" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P79" s="4">
         <v>2.74</v>
       </c>
       <c r="Q79" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>0</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -6306,54 +6306,54 @@
       </c>
       <c r="H80" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="13"/>
       <c r="J80" s="13"/>
       <c r="K80" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P80" s="4">
         <v>2.74</v>
       </c>
       <c r="Q80" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>0</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -6363,54 +6363,54 @@
       </c>
       <c r="H81" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="13"/>
       <c r="J81" s="13"/>
       <c r="K81" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P81" s="4">
         <v>2.74</v>
       </c>
       <c r="Q81" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>0</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -6420,54 +6420,54 @@
       </c>
       <c r="H82" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="13"/>
       <c r="J82" s="13"/>
       <c r="K82" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P82" s="4">
         <v>2.74</v>
       </c>
       <c r="Q82" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>0</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -6477,54 +6477,54 @@
       </c>
       <c r="H83" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="13"/>
       <c r="J83" s="13"/>
       <c r="K83" s="4" t="s">
         <v>267</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>268</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P83" s="4">
         <v>4.21</v>
       </c>
       <c r="Q83" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>0</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -6534,54 +6534,54 @@
       </c>
       <c r="H84" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I84" s="13"/>
       <c r="J84" s="13"/>
       <c r="K84" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P84" s="4">
         <v>4.88</v>
       </c>
       <c r="Q84" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>0</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -6591,54 +6591,54 @@
       </c>
       <c r="H85" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="13"/>
       <c r="K85" s="4" t="s">
         <v>271</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>272</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P85" s="4">
         <v>4.75</v>
       </c>
       <c r="Q85" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>0</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -6648,54 +6648,54 @@
       </c>
       <c r="H86" s="13" t="s">
         <v>273</v>
       </c>
       <c r="I86" s="13"/>
       <c r="J86" s="13"/>
       <c r="K86" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P86" s="4">
         <v>0.95</v>
       </c>
       <c r="Q86" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -6705,54 +6705,54 @@
       </c>
       <c r="H87" s="13" t="s">
         <v>277</v>
       </c>
       <c r="I87" s="13"/>
       <c r="J87" s="13"/>
       <c r="K87" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P87" s="4">
         <v>0.95</v>
       </c>
       <c r="Q87" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -6762,54 +6762,54 @@
       </c>
       <c r="H88" s="13" t="s">
         <v>280</v>
       </c>
       <c r="I88" s="13"/>
       <c r="J88" s="13"/>
       <c r="K88" s="4" t="s">
         <v>281</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>282</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P88" s="4">
         <v>0.95</v>
       </c>
       <c r="Q88" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
@@ -6819,54 +6819,54 @@
       </c>
       <c r="H89" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I89" s="13"/>
       <c r="J89" s="13"/>
       <c r="K89" s="4" t="s">
         <v>283</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>284</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P89" s="4">
         <v>4.75</v>
       </c>
       <c r="Q89" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -6876,54 +6876,54 @@
       </c>
       <c r="H90" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I90" s="13"/>
       <c r="J90" s="13"/>
       <c r="K90" s="4" t="s">
         <v>285</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>286</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P90" s="4">
         <v>0.99</v>
       </c>
       <c r="Q90" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -6933,54 +6933,54 @@
       </c>
       <c r="H91" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I91" s="13"/>
       <c r="J91" s="13"/>
       <c r="K91" s="4" t="s">
         <v>287</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>288</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P91" s="4">
         <v>0.99</v>
       </c>
       <c r="Q91" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>0</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -6990,54 +6990,54 @@
       </c>
       <c r="H92" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I92" s="13"/>
       <c r="J92" s="13"/>
       <c r="K92" s="4" t="s">
         <v>289</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>290</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P92" s="4">
         <v>0.99</v>
       </c>
       <c r="Q92" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S92" s="4">
         <v>0</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -7047,54 +7047,54 @@
       </c>
       <c r="H93" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I93" s="13"/>
       <c r="J93" s="13"/>
       <c r="K93" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>292</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P93" s="4">
         <v>0.99</v>
       </c>
       <c r="Q93" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>0</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -7104,54 +7104,54 @@
       </c>
       <c r="H94" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I94" s="13"/>
       <c r="J94" s="13"/>
       <c r="K94" s="4" t="s">
         <v>294</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>295</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P94" s="4">
         <v>0.99</v>
       </c>
       <c r="Q94" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S94" s="4">
         <v>0</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -7161,54 +7161,54 @@
       </c>
       <c r="H95" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I95" s="13"/>
       <c r="J95" s="13"/>
       <c r="K95" s="4" t="s">
         <v>296</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>297</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P95" s="4">
         <v>0.12</v>
       </c>
       <c r="Q95" s="4">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>0</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -7218,54 +7218,54 @@
       </c>
       <c r="H96" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="13"/>
       <c r="J96" s="13"/>
       <c r="K96" s="4" t="s">
         <v>298</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>299</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P96" s="4">
         <v>0.99</v>
       </c>
       <c r="Q96" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>0</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -7275,54 +7275,54 @@
       </c>
       <c r="H97" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I97" s="13"/>
       <c r="J97" s="13"/>
       <c r="K97" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>301</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P97" s="4">
         <v>0.99</v>
       </c>
       <c r="Q97" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>0</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -7332,54 +7332,54 @@
       </c>
       <c r="H98" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I98" s="13"/>
       <c r="J98" s="13"/>
       <c r="K98" s="4" t="s">
         <v>302</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>303</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P98" s="4">
         <v>0.99</v>
       </c>
       <c r="Q98" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>0</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -7389,54 +7389,54 @@
       </c>
       <c r="H99" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I99" s="13"/>
       <c r="J99" s="13"/>
       <c r="K99" s="4" t="s">
         <v>304</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>305</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P99" s="4">
         <v>0.99</v>
       </c>
       <c r="Q99" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S99" s="4">
         <v>0</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -7446,54 +7446,54 @@
       </c>
       <c r="H100" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I100" s="13"/>
       <c r="J100" s="13"/>
       <c r="K100" s="4" t="s">
         <v>306</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>307</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P100" s="4">
         <v>0.99</v>
       </c>
       <c r="Q100" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S100" s="4">
         <v>0</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -7503,54 +7503,54 @@
       </c>
       <c r="H101" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I101" s="13"/>
       <c r="J101" s="13"/>
       <c r="K101" s="4" t="s">
         <v>308</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>309</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P101" s="4">
         <v>0.99</v>
       </c>
       <c r="Q101" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>0</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -7560,54 +7560,54 @@
       </c>
       <c r="H102" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I102" s="13"/>
       <c r="J102" s="13"/>
       <c r="K102" s="4" t="s">
         <v>310</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>311</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P102" s="4">
         <v>0.99</v>
       </c>
       <c r="Q102" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>0</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -7617,54 +7617,54 @@
       </c>
       <c r="H103" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I103" s="13"/>
       <c r="J103" s="13"/>
       <c r="K103" s="4" t="s">
         <v>312</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>313</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P103" s="4">
         <v>0.99</v>
       </c>
       <c r="Q103" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>0</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -7674,54 +7674,54 @@
       </c>
       <c r="H104" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I104" s="13"/>
       <c r="J104" s="13"/>
       <c r="K104" s="4" t="s">
         <v>314</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>315</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P104" s="4">
         <v>0.99</v>
       </c>
       <c r="Q104" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>0</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -7731,54 +7731,54 @@
       </c>
       <c r="H105" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I105" s="13"/>
       <c r="J105" s="13"/>
       <c r="K105" s="4" t="s">
         <v>316</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>317</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P105" s="4">
         <v>0.99</v>
       </c>
       <c r="Q105" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>0</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -7788,54 +7788,54 @@
       </c>
       <c r="H106" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I106" s="13"/>
       <c r="J106" s="13"/>
       <c r="K106" s="4" t="s">
         <v>318</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>319</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P106" s="4">
         <v>0.97</v>
       </c>
       <c r="Q106" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>0</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -7845,54 +7845,54 @@
       </c>
       <c r="H107" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I107" s="13"/>
       <c r="J107" s="13"/>
       <c r="K107" s="4" t="s">
         <v>320</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>321</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P107" s="4">
         <v>0.97</v>
       </c>
       <c r="Q107" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>0</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -7902,54 +7902,54 @@
       </c>
       <c r="H108" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I108" s="13"/>
       <c r="J108" s="13"/>
       <c r="K108" s="4" t="s">
         <v>322</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>323</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P108" s="4">
         <v>0.97</v>
       </c>
       <c r="Q108" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>0</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -7959,54 +7959,54 @@
       </c>
       <c r="H109" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I109" s="13"/>
       <c r="J109" s="13"/>
       <c r="K109" s="4" t="s">
         <v>324</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>325</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P109" s="4">
         <v>0.97</v>
       </c>
       <c r="Q109" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>0</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -8016,54 +8016,54 @@
       </c>
       <c r="H110" s="13" t="s">
         <v>326</v>
       </c>
       <c r="I110" s="13"/>
       <c r="J110" s="13"/>
       <c r="K110" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>328</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P110" s="4">
         <v>0.97</v>
       </c>
       <c r="Q110" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>0</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -8073,54 +8073,54 @@
       </c>
       <c r="H111" s="13" t="s">
         <v>329</v>
       </c>
       <c r="I111" s="13"/>
       <c r="J111" s="13"/>
       <c r="K111" s="4" t="s">
         <v>330</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>331</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P111" s="4">
         <v>1.13</v>
       </c>
       <c r="Q111" s="4">
-        <v>1.13</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>0</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -8130,54 +8130,54 @@
       </c>
       <c r="H112" s="13" t="s">
         <v>332</v>
       </c>
       <c r="I112" s="13"/>
       <c r="J112" s="13"/>
       <c r="K112" s="4" t="s">
         <v>333</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>334</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P112" s="4">
         <v>2.44</v>
       </c>
       <c r="Q112" s="4">
-        <v>2.44</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>0</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -8187,54 +8187,54 @@
       </c>
       <c r="H113" s="13" t="s">
         <v>335</v>
       </c>
       <c r="I113" s="13"/>
       <c r="J113" s="13"/>
       <c r="K113" s="4" t="s">
         <v>336</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>337</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P113" s="4">
         <v>0.95</v>
       </c>
       <c r="Q113" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>0</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -8244,54 +8244,54 @@
       </c>
       <c r="H114" s="13" t="s">
         <v>338</v>
       </c>
       <c r="I114" s="13"/>
       <c r="J114" s="13"/>
       <c r="K114" s="4" t="s">
         <v>339</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>340</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P114" s="4">
         <v>0.95</v>
       </c>
       <c r="Q114" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>0</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -8301,54 +8301,54 @@
       </c>
       <c r="H115" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I115" s="13"/>
       <c r="J115" s="13"/>
       <c r="K115" s="4" t="s">
         <v>341</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>342</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P115" s="4">
         <v>4.88</v>
       </c>
       <c r="Q115" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>0</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -8358,54 +8358,54 @@
       </c>
       <c r="H116" s="13" t="s">
         <v>343</v>
       </c>
       <c r="I116" s="13"/>
       <c r="J116" s="13"/>
       <c r="K116" s="4" t="s">
         <v>344</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>345</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P116" s="4">
         <v>4.94</v>
       </c>
       <c r="Q116" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
         <v>0</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -8415,54 +8415,54 @@
       </c>
       <c r="H117" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I117" s="13"/>
       <c r="J117" s="13"/>
       <c r="K117" s="4" t="s">
         <v>346</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>347</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P117" s="4">
         <v>4.88</v>
       </c>
       <c r="Q117" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>0</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -8472,54 +8472,54 @@
       </c>
       <c r="H118" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="13"/>
       <c r="J118" s="13"/>
       <c r="K118" s="4" t="s">
         <v>348</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>349</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P118" s="4">
         <v>2.74</v>
       </c>
       <c r="Q118" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S118" s="4">
         <v>0</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -8529,54 +8529,54 @@
       </c>
       <c r="H119" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I119" s="13"/>
       <c r="J119" s="13"/>
       <c r="K119" s="4" t="s">
         <v>350</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>351</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P119" s="4">
         <v>2.62</v>
       </c>
       <c r="Q119" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S119" s="4">
         <v>0</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -8586,54 +8586,54 @@
       </c>
       <c r="H120" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I120" s="13"/>
       <c r="J120" s="13"/>
       <c r="K120" s="4" t="s">
         <v>352</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>353</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P120" s="4">
         <v>4.94</v>
       </c>
       <c r="Q120" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S120" s="4">
         <v>0</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -8643,54 +8643,54 @@
       </c>
       <c r="H121" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I121" s="13"/>
       <c r="J121" s="13"/>
       <c r="K121" s="4" t="s">
         <v>354</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>355</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P121" s="4">
         <v>4.75</v>
       </c>
       <c r="Q121" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S121" s="4">
         <v>0</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -8700,54 +8700,54 @@
       </c>
       <c r="H122" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I122" s="13"/>
       <c r="J122" s="13"/>
       <c r="K122" s="4" t="s">
         <v>356</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>357</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P122" s="4">
         <v>4.75</v>
       </c>
       <c r="Q122" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S122" s="4">
         <v>0</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -8757,54 +8757,54 @@
       </c>
       <c r="H123" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I123" s="13"/>
       <c r="J123" s="13"/>
       <c r="K123" s="4" t="s">
         <v>358</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>359</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P123" s="4">
         <v>4.75</v>
       </c>
       <c r="Q123" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>0</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -8814,54 +8814,54 @@
       </c>
       <c r="H124" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I124" s="13"/>
       <c r="J124" s="13"/>
       <c r="K124" s="4" t="s">
         <v>360</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>361</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P124" s="4">
         <v>0.99</v>
       </c>
       <c r="Q124" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>0</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -8871,54 +8871,54 @@
       </c>
       <c r="H125" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I125" s="13"/>
       <c r="J125" s="13"/>
       <c r="K125" s="4" t="s">
         <v>362</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>363</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P125" s="4">
         <v>0.99</v>
       </c>
       <c r="Q125" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>0</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -8928,54 +8928,54 @@
       </c>
       <c r="H126" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I126" s="13"/>
       <c r="J126" s="13"/>
       <c r="K126" s="4" t="s">
         <v>364</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>365</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P126" s="4">
         <v>0.99</v>
       </c>
       <c r="Q126" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>0</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -8985,54 +8985,54 @@
       </c>
       <c r="H127" s="13" t="s">
         <v>366</v>
       </c>
       <c r="I127" s="13"/>
       <c r="J127" s="13"/>
       <c r="K127" s="4" t="s">
         <v>367</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>368</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>369</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>370</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>371</v>
       </c>
       <c r="P127" s="4">
         <v>0.59</v>
       </c>
       <c r="Q127" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>0</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
@@ -9042,54 +9042,54 @@
       </c>
       <c r="H128" s="13" t="s">
         <v>372</v>
       </c>
       <c r="I128" s="13"/>
       <c r="J128" s="13"/>
       <c r="K128" s="4" t="s">
         <v>373</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>374</v>
       </c>
       <c r="M128" s="4" t="s">
         <v>369</v>
       </c>
       <c r="N128" s="4" t="s">
         <v>370</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>371</v>
       </c>
       <c r="P128" s="4">
         <v>0.59</v>
       </c>
       <c r="Q128" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S128" s="4">
         <v>0</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
@@ -9099,54 +9099,54 @@
       </c>
       <c r="H129" s="13" t="s">
         <v>375</v>
       </c>
       <c r="I129" s="13"/>
       <c r="J129" s="13"/>
       <c r="K129" s="4" t="s">
         <v>376</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>377</v>
       </c>
       <c r="M129" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N129" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O129" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P129" s="4">
         <v>0.95</v>
       </c>
       <c r="Q129" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R129" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S129" s="4">
         <v>0</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
@@ -9156,54 +9156,54 @@
       </c>
       <c r="H130" s="13" t="s">
         <v>378</v>
       </c>
       <c r="I130" s="13"/>
       <c r="J130" s="13"/>
       <c r="K130" s="4" t="s">
         <v>379</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>380</v>
       </c>
       <c r="M130" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N130" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O130" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P130" s="4">
         <v>0.95</v>
       </c>
       <c r="Q130" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R130" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S130" s="4">
         <v>0</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
@@ -9213,54 +9213,54 @@
       </c>
       <c r="H131" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I131" s="13"/>
       <c r="J131" s="13"/>
       <c r="K131" s="4" t="s">
         <v>381</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>382</v>
       </c>
       <c r="M131" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N131" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O131" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P131" s="4">
         <v>0.99</v>
       </c>
       <c r="Q131" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R131" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S131" s="4">
         <v>0</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
@@ -9270,54 +9270,54 @@
       </c>
       <c r="H132" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I132" s="13"/>
       <c r="J132" s="13"/>
       <c r="K132" s="4" t="s">
         <v>383</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>384</v>
       </c>
       <c r="M132" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N132" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O132" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P132" s="4">
         <v>0.99</v>
       </c>
       <c r="Q132" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R132" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S132" s="4">
         <v>0</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
@@ -9327,54 +9327,54 @@
       </c>
       <c r="H133" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I133" s="13"/>
       <c r="J133" s="13"/>
       <c r="K133" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>386</v>
       </c>
       <c r="M133" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N133" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O133" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P133" s="4">
         <v>0.99</v>
       </c>
       <c r="Q133" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R133" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S133" s="4">
         <v>0</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
@@ -9384,54 +9384,54 @@
       </c>
       <c r="H134" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I134" s="13"/>
       <c r="J134" s="13"/>
       <c r="K134" s="4" t="s">
         <v>387</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>388</v>
       </c>
       <c r="M134" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N134" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O134" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P134" s="4">
         <v>0.97</v>
       </c>
       <c r="Q134" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R134" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S134" s="4">
         <v>0</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
@@ -9441,54 +9441,54 @@
       </c>
       <c r="H135" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I135" s="13"/>
       <c r="J135" s="13"/>
       <c r="K135" s="4" t="s">
         <v>389</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>390</v>
       </c>
       <c r="M135" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N135" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O135" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P135" s="4">
         <v>0.97</v>
       </c>
       <c r="Q135" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R135" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S135" s="4">
         <v>0</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3"/>
       <c r="D136" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
@@ -9498,54 +9498,54 @@
       </c>
       <c r="H136" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I136" s="13"/>
       <c r="J136" s="13"/>
       <c r="K136" s="4" t="s">
         <v>391</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>392</v>
       </c>
       <c r="M136" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N136" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O136" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P136" s="4">
         <v>0.97</v>
       </c>
       <c r="Q136" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R136" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S136" s="4">
         <v>0</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
@@ -9555,54 +9555,54 @@
       </c>
       <c r="H137" s="13" t="s">
         <v>393</v>
       </c>
       <c r="I137" s="13"/>
       <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
         <v>394</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>395</v>
       </c>
       <c r="M137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N137" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O137" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P137" s="4">
         <v>0.95</v>
       </c>
       <c r="Q137" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R137" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S137" s="4">
         <v>0</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3"/>
       <c r="D138" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
@@ -9612,54 +9612,54 @@
       </c>
       <c r="H138" s="13" t="s">
         <v>396</v>
       </c>
       <c r="I138" s="13"/>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
         <v>397</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>398</v>
       </c>
       <c r="M138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N138" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O138" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P138" s="4">
         <v>0.95</v>
       </c>
       <c r="Q138" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R138" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S138" s="4">
         <v>0</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3"/>
       <c r="D139" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
@@ -9669,54 +9669,54 @@
       </c>
       <c r="H139" s="13" t="s">
         <v>399</v>
       </c>
       <c r="I139" s="13"/>
       <c r="J139" s="13"/>
       <c r="K139" s="4" t="s">
         <v>400</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>401</v>
       </c>
       <c r="M139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N139" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O139" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P139" s="4">
         <v>0.95</v>
       </c>
       <c r="Q139" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R139" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S139" s="4">
         <v>0</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
@@ -9726,54 +9726,54 @@
       </c>
       <c r="H140" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I140" s="13"/>
       <c r="J140" s="13"/>
       <c r="K140" s="4" t="s">
         <v>402</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>403</v>
       </c>
       <c r="M140" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N140" s="4" t="s">
         <v>404</v>
       </c>
       <c r="O140" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P140" s="4">
         <v>4.75</v>
       </c>
       <c r="Q140" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R140" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S140" s="4">
         <v>0</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
@@ -9783,54 +9783,54 @@
       </c>
       <c r="H141" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I141" s="13"/>
       <c r="J141" s="13"/>
       <c r="K141" s="4" t="s">
         <v>405</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>406</v>
       </c>
       <c r="M141" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N141" s="4" t="s">
         <v>407</v>
       </c>
       <c r="O141" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P141" s="4">
         <v>4.75</v>
       </c>
       <c r="Q141" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R141" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S141" s="4">
         <v>0</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
@@ -9840,54 +9840,54 @@
       </c>
       <c r="H142" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I142" s="13"/>
       <c r="J142" s="13"/>
       <c r="K142" s="4" t="s">
         <v>408</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>409</v>
       </c>
       <c r="M142" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N142" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O142" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P142" s="4">
         <v>0.97</v>
       </c>
       <c r="Q142" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R142" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S142" s="4">
         <v>0</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
@@ -9897,54 +9897,54 @@
       </c>
       <c r="H143" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I143" s="13"/>
       <c r="J143" s="13"/>
       <c r="K143" s="4" t="s">
         <v>410</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>411</v>
       </c>
       <c r="M143" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N143" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O143" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P143" s="4">
         <v>0.97</v>
       </c>
       <c r="Q143" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R143" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S143" s="4">
         <v>0</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
@@ -9954,54 +9954,54 @@
       </c>
       <c r="H144" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I144" s="13"/>
       <c r="J144" s="13"/>
       <c r="K144" s="4" t="s">
         <v>412</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>413</v>
       </c>
       <c r="M144" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O144" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P144" s="4">
         <v>0.97</v>
       </c>
       <c r="Q144" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R144" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S144" s="4">
         <v>0</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
@@ -10011,54 +10011,54 @@
       </c>
       <c r="H145" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I145" s="13"/>
       <c r="J145" s="13"/>
       <c r="K145" s="4" t="s">
         <v>414</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>415</v>
       </c>
       <c r="M145" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N145" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O145" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P145" s="4">
         <v>0.99</v>
       </c>
       <c r="Q145" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R145" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S145" s="4">
         <v>0</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
@@ -10068,54 +10068,54 @@
       </c>
       <c r="H146" s="13" t="s">
         <v>134</v>
       </c>
       <c r="I146" s="13"/>
       <c r="J146" s="13"/>
       <c r="K146" s="4" t="s">
         <v>416</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>417</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P146" s="4">
         <v>0.97</v>
       </c>
       <c r="Q146" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R146" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S146" s="4">
         <v>0</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
@@ -10125,54 +10125,54 @@
       </c>
       <c r="H147" s="13" t="s">
         <v>293</v>
       </c>
       <c r="I147" s="13"/>
       <c r="J147" s="13"/>
       <c r="K147" s="4" t="s">
         <v>418</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>419</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P147" s="4">
         <v>0.99</v>
       </c>
       <c r="Q147" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S147" s="4">
         <v>0</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -10182,54 +10182,54 @@
       </c>
       <c r="H148" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I148" s="13"/>
       <c r="J148" s="13"/>
       <c r="K148" s="4" t="s">
         <v>420</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>421</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>206</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>207</v>
       </c>
       <c r="O148" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P148" s="4">
         <v>4.88</v>
       </c>
       <c r="Q148" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R148" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S148" s="4">
         <v>0</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
@@ -10239,54 +10239,54 @@
       </c>
       <c r="H149" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I149" s="13"/>
       <c r="J149" s="13"/>
       <c r="K149" s="4" t="s">
         <v>422</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>423</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N149" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O149" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P149" s="4">
         <v>4.21</v>
       </c>
       <c r="Q149" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R149" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S149" s="4">
         <v>0</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
@@ -10296,54 +10296,54 @@
       </c>
       <c r="H150" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I150" s="13"/>
       <c r="J150" s="13"/>
       <c r="K150" s="4" t="s">
         <v>424</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>425</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O150" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P150" s="4">
         <v>4.75</v>
       </c>
       <c r="Q150" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R150" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S150" s="4">
         <v>0</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
@@ -10353,54 +10353,54 @@
       </c>
       <c r="H151" s="13" t="s">
         <v>203</v>
       </c>
       <c r="I151" s="13"/>
       <c r="J151" s="13"/>
       <c r="K151" s="4" t="s">
         <v>426</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>427</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O151" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P151" s="4">
         <v>4.75</v>
       </c>
       <c r="Q151" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S151" s="4">
         <v>0</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
@@ -10505,54 +10505,54 @@
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="7" t="s">
         <v>438</v>
       </c>
       <c r="B154" s="7"/>
       <c r="C154" s="7"/>
       <c r="D154" s="7"/>
       <c r="E154" s="11"/>
       <c r="F154" s="7"/>
       <c r="G154" s="7"/>
       <c r="H154" s="14"/>
       <c r="I154" s="14"/>
       <c r="J154" s="14"/>
       <c r="K154" s="8"/>
       <c r="L154" s="8"/>
       <c r="M154" s="8"/>
       <c r="N154" s="8"/>
       <c r="O154" s="8">
         <v>297.47</v>
       </c>
       <c r="P154" s="8">
-        <v>259.69</v>
+        <v>0</v>
       </c>
       <c r="Q154" s="8">
-        <v>87.3</v>
+        <v>0</v>
       </c>
       <c r="R154" s="8"/>
       <c r="S154" s="8"/>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A154:N154"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>