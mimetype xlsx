--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1846,54 +1846,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1907,54 +1907,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>0.86</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1968,54 +1968,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -2029,54 +2029,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="4">
         <v>0.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2090,54 +2090,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="4">
         <v>0.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2151,54 +2151,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>0.86</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2212,54 +2212,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2273,54 +2273,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="4">
         <v>0.86</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="4">
         <v>0.86</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2517,54 +2517,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P14" s="4">
         <v>0.86</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2578,54 +2578,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P15" s="4">
         <v>2.98</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.98</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2639,54 +2639,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P16" s="4">
         <v>4.69</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2700,54 +2700,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P17" s="4">
         <v>4.88</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2761,54 +2761,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P18" s="4">
         <v>4.69</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2822,54 +2822,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P19" s="4">
         <v>3.11</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.11</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2883,54 +2883,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P20" s="4">
         <v>2.27</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.27</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2944,54 +2944,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P21" s="4">
         <v>2.38</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -3005,54 +3005,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P22" s="4">
         <v>4.12</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -3066,54 +3066,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P23" s="4">
         <v>4.88</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3127,54 +3127,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P24" s="4">
         <v>2.52</v>
       </c>
       <c r="Q24" s="4">
-        <v>2.52</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3188,54 +3188,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P25" s="4">
         <v>2.09</v>
       </c>
       <c r="Q25" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3249,54 +3249,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P26" s="4">
         <v>2.38</v>
       </c>
       <c r="Q26" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3310,54 +3310,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P27" s="4">
         <v>2.38</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3371,54 +3371,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P28" s="4">
         <v>4.21</v>
       </c>
       <c r="Q28" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3432,54 +3432,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P29" s="4">
         <v>2.74</v>
       </c>
       <c r="Q29" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3493,54 +3493,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P30" s="4">
         <v>2.74</v>
       </c>
       <c r="Q30" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3554,54 +3554,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P31" s="4">
         <v>4.21</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3615,54 +3615,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P32" s="4">
         <v>3.79</v>
       </c>
       <c r="Q32" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3676,54 +3676,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P33" s="4">
         <v>2.03</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3737,54 +3737,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P34" s="4">
         <v>2.38</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3798,54 +3798,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P35" s="4">
         <v>2.03</v>
       </c>
       <c r="Q35" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3859,54 +3859,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P36" s="4">
         <v>2.03</v>
       </c>
       <c r="Q36" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3920,54 +3920,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P37" s="4">
         <v>1.24</v>
       </c>
       <c r="Q37" s="4">
-        <v>1.24</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3981,54 +3981,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P38" s="4">
         <v>0.68</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -4042,54 +4042,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P39" s="4">
         <v>0.68</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4103,54 +4103,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P40" s="4">
         <v>1.79</v>
       </c>
       <c r="Q40" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4164,54 +4164,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P41" s="4">
         <v>1.54</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4225,54 +4225,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P42" s="4">
         <v>3.46</v>
       </c>
       <c r="Q42" s="4">
-        <v>3.46</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4286,54 +4286,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P43" s="4">
         <v>4.13</v>
       </c>
       <c r="Q43" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4347,54 +4347,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P44" s="4">
         <v>4.13</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4408,54 +4408,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P45" s="4">
         <v>2.63</v>
       </c>
       <c r="Q45" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4469,54 +4469,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P46" s="4">
         <v>2.23</v>
       </c>
       <c r="Q46" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4530,54 +4530,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P47" s="4">
         <v>4.8</v>
       </c>
       <c r="Q47" s="4">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4591,54 +4591,54 @@
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P48" s="4">
         <v>2.27</v>
       </c>
       <c r="Q48" s="4">
-        <v>2.27</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4652,54 +4652,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P49" s="4">
         <v>4.13</v>
       </c>
       <c r="Q49" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4713,54 +4713,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P50" s="4">
         <v>3.46</v>
       </c>
       <c r="Q50" s="4">
-        <v>3.46</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4774,54 +4774,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>195</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P51" s="4">
         <v>4.13</v>
       </c>
       <c r="Q51" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4835,54 +4835,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P52" s="4">
         <v>2.11</v>
       </c>
       <c r="Q52" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4896,54 +4896,54 @@
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P53" s="4">
         <v>1.04</v>
       </c>
       <c r="Q53" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4957,54 +4957,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P54" s="4">
         <v>2.27</v>
       </c>
       <c r="Q54" s="4">
-        <v>2.27</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5018,54 +5018,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P55" s="4">
         <v>0.97</v>
       </c>
       <c r="Q55" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5079,54 +5079,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P56" s="4">
         <v>0.95</v>
       </c>
       <c r="Q56" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -5140,54 +5140,54 @@
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P57" s="4">
         <v>1.14</v>
       </c>
       <c r="Q57" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5201,54 +5201,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P58" s="4">
         <v>4.94</v>
       </c>
       <c r="Q58" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5262,54 +5262,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P59" s="4">
         <v>4.21</v>
       </c>
       <c r="Q59" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5323,54 +5323,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P60" s="4">
         <v>1.29</v>
       </c>
       <c r="Q60" s="4">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5384,54 +5384,54 @@
       <c r="I61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>225</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>226</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P61" s="4">
         <v>3.55</v>
       </c>
       <c r="Q61" s="4">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5445,54 +5445,54 @@
       <c r="I62" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P62" s="4">
         <v>1.54</v>
       </c>
       <c r="Q62" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5506,54 +5506,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>233</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>234</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P63" s="4">
         <v>2.78</v>
       </c>
       <c r="Q63" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5567,54 +5567,54 @@
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P64" s="4">
         <v>2.67</v>
       </c>
       <c r="Q64" s="4">
-        <v>2.67</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5628,54 +5628,54 @@
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P65" s="4">
         <v>3.12</v>
       </c>
       <c r="Q65" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5689,54 +5689,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P66" s="4">
         <v>1.28</v>
       </c>
       <c r="Q66" s="4">
-        <v>1.28</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5750,54 +5750,54 @@
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P67" s="4">
         <v>2.11</v>
       </c>
       <c r="Q67" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5811,54 +5811,54 @@
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P68" s="4">
         <v>4.13</v>
       </c>
       <c r="Q68" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5872,54 +5872,54 @@
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>251</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>252</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P69" s="4">
         <v>2.63</v>
       </c>
       <c r="Q69" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5933,54 +5933,54 @@
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>254</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>255</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P70" s="4">
         <v>1.06</v>
       </c>
       <c r="Q70" s="4">
-        <v>1.06</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5994,54 +5994,54 @@
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>256</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>257</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P71" s="4">
         <v>2.74</v>
       </c>
       <c r="Q71" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6055,54 +6055,54 @@
       <c r="I72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P72" s="4">
         <v>1.54</v>
       </c>
       <c r="Q72" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -6116,54 +6116,54 @@
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P73" s="4">
         <v>2.74</v>
       </c>
       <c r="Q73" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6177,54 +6177,54 @@
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P74" s="4">
         <v>2.74</v>
       </c>
       <c r="Q74" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>0</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6238,54 +6238,54 @@
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P75" s="4">
         <v>2.74</v>
       </c>
       <c r="Q75" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6299,54 +6299,54 @@
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P76" s="4">
         <v>2.78</v>
       </c>
       <c r="Q76" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -6360,54 +6360,54 @@
       <c r="I77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P77" s="4">
         <v>4.74</v>
       </c>
       <c r="Q77" s="4">
-        <v>4.74</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6421,54 +6421,54 @@
       <c r="I78" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>272</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>273</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P78" s="4">
         <v>4.45</v>
       </c>
       <c r="Q78" s="4">
-        <v>4.45</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>0</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -6482,54 +6482,54 @@
       <c r="I79" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>275</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>276</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>277</v>
       </c>
       <c r="P79" s="4">
         <v>1.3</v>
       </c>
       <c r="Q79" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>0</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -6543,54 +6543,54 @@
       <c r="I80" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>279</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>280</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P80" s="4">
         <v>1.3</v>
       </c>
       <c r="Q80" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>0</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -6604,54 +6604,54 @@
       <c r="I81" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>281</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>282</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P81" s="4">
         <v>3.2</v>
       </c>
       <c r="Q81" s="4">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>0</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -6665,54 +6665,54 @@
       <c r="I82" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>284</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>285</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P82" s="4">
         <v>1.58</v>
       </c>
       <c r="Q82" s="4">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>0</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -6726,54 +6726,54 @@
       <c r="I83" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P83" s="4">
         <v>2.78</v>
       </c>
       <c r="Q83" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>0</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -6787,54 +6787,54 @@
       <c r="I84" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>292</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P84" s="4">
         <v>1.79</v>
       </c>
       <c r="Q84" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>0</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -6848,54 +6848,54 @@
       <c r="I85" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>294</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>295</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P85" s="4">
         <v>4.19</v>
       </c>
       <c r="Q85" s="4">
-        <v>4.19</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>0</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -6909,54 +6909,54 @@
       <c r="I86" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P86" s="4">
         <v>2.63</v>
       </c>
       <c r="Q86" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -6970,54 +6970,54 @@
       <c r="I87" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>300</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>301</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>302</v>
       </c>
       <c r="P87" s="4">
         <v>3.12</v>
       </c>
       <c r="Q87" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -7031,54 +7031,54 @@
       <c r="I88" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>304</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>305</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P88" s="4">
         <v>2.03</v>
       </c>
       <c r="Q88" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
@@ -7092,54 +7092,54 @@
       <c r="I89" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J89" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>307</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>308</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P89" s="4">
         <v>2.52</v>
       </c>
       <c r="Q89" s="4">
-        <v>2.52</v>
+        <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>0</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -7153,54 +7153,54 @@
       <c r="I90" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J90" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>310</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>311</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>312</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>313</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P90" s="4">
         <v>0.87</v>
       </c>
       <c r="Q90" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>0</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -7214,54 +7214,54 @@
       <c r="I91" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>314</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>315</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>316</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>317</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P91" s="4">
         <v>0.87</v>
       </c>
       <c r="Q91" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>0</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -7275,54 +7275,54 @@
       <c r="I92" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>319</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>320</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>277</v>
       </c>
       <c r="P92" s="4">
         <v>1.3</v>
       </c>
       <c r="Q92" s="4">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S92" s="4">
         <v>0</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -7336,54 +7336,54 @@
       <c r="I93" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>322</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>323</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P93" s="4">
         <v>2.03</v>
       </c>
       <c r="Q93" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>0</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -7397,54 +7397,54 @@
       <c r="I94" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>324</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>325</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>326</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>316</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P94" s="4">
         <v>0.87</v>
       </c>
       <c r="Q94" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S94" s="4">
         <v>0</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -7458,54 +7458,54 @@
       <c r="I95" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>328</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>329</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>330</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P95" s="4">
         <v>0.87</v>
       </c>
       <c r="Q95" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>0</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -7519,54 +7519,54 @@
       <c r="I96" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>331</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>332</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P96" s="4">
         <v>2.74</v>
       </c>
       <c r="Q96" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>0</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -7580,54 +7580,54 @@
       <c r="I97" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>334</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>335</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P97" s="4">
         <v>4.69</v>
       </c>
       <c r="Q97" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>0</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -7641,54 +7641,54 @@
       <c r="I98" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J98" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>336</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>337</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P98" s="4">
         <v>4.88</v>
       </c>
       <c r="Q98" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>0</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -7702,54 +7702,54 @@
       <c r="I99" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>339</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>340</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P99" s="4">
         <v>1.56</v>
       </c>
       <c r="Q99" s="4">
-        <v>1.56</v>
+        <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S99" s="4">
         <v>0</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -7763,54 +7763,54 @@
       <c r="I100" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J100" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>341</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>342</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>343</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>344</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P100" s="4">
         <v>0.87</v>
       </c>
       <c r="Q100" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S100" s="4">
         <v>0</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -7824,54 +7824,54 @@
       <c r="I101" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J101" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>346</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>347</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P101" s="4">
         <v>2.01</v>
       </c>
       <c r="Q101" s="4">
-        <v>2.01</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>0</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -7885,54 +7885,54 @@
       <c r="I102" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>349</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>350</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P102" s="4">
         <v>1.47</v>
       </c>
       <c r="Q102" s="4">
-        <v>1.47</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>0</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -7946,54 +7946,54 @@
       <c r="I103" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>352</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>353</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P103" s="4">
         <v>2.44</v>
       </c>
       <c r="Q103" s="4">
-        <v>2.44</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>0</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -8007,54 +8007,54 @@
       <c r="I104" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>355</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>356</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P104" s="4">
         <v>4.13</v>
       </c>
       <c r="Q104" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>0</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -8068,54 +8068,54 @@
       <c r="I105" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>358</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>359</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>302</v>
       </c>
       <c r="P105" s="4">
         <v>3.12</v>
       </c>
       <c r="Q105" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>0</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -8129,54 +8129,54 @@
       <c r="I106" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>361</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>362</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>363</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>364</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P106" s="4">
         <v>0.06</v>
       </c>
       <c r="Q106" s="4">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>0</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -8190,54 +8190,54 @@
       <c r="I107" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>366</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>367</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P107" s="4">
         <v>0.91</v>
       </c>
       <c r="Q107" s="4">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>26.59</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>0</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -8251,54 +8251,54 @@
       <c r="I108" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>369</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>370</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P108" s="4">
         <v>2.22</v>
       </c>
       <c r="Q108" s="4">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>0</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -8312,54 +8312,54 @@
       <c r="I109" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>371</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>372</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P109" s="4">
         <v>4.69</v>
       </c>
       <c r="Q109" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>0</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -8373,54 +8373,54 @@
       <c r="I110" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>374</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>375</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P110" s="4">
         <v>1.79</v>
       </c>
       <c r="Q110" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>0</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -8434,54 +8434,54 @@
       <c r="I111" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J111" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>377</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>378</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P111" s="4">
         <v>2.38</v>
       </c>
       <c r="Q111" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>0</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -8495,54 +8495,54 @@
       <c r="I112" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J112" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>380</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>381</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P112" s="4">
         <v>4.12</v>
       </c>
       <c r="Q112" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>0</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -8556,54 +8556,54 @@
       <c r="I113" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J113" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>382</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>383</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P113" s="4">
         <v>4.69</v>
       </c>
       <c r="Q113" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>0</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -8617,54 +8617,54 @@
       <c r="I114" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J114" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>386</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P114" s="4">
         <v>2.03</v>
       </c>
       <c r="Q114" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>0</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -8678,54 +8678,54 @@
       <c r="I115" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>388</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>389</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P115" s="4">
         <v>1.79</v>
       </c>
       <c r="Q115" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>0</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -8739,54 +8739,54 @@
       <c r="I116" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J116" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>390</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>391</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>392</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>393</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P116" s="4">
         <v>0.87</v>
       </c>
       <c r="Q116" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
         <v>0</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -8800,54 +8800,54 @@
       <c r="I117" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>395</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>396</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P117" s="4">
         <v>3.46</v>
       </c>
       <c r="Q117" s="4">
-        <v>3.46</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>0</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -9070,54 +9070,54 @@
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="7" t="s">
         <v>413</v>
       </c>
       <c r="B122" s="7"/>
       <c r="C122" s="7"/>
       <c r="D122" s="7"/>
       <c r="E122" s="11"/>
       <c r="F122" s="7"/>
       <c r="G122" s="7"/>
       <c r="H122" s="14"/>
       <c r="I122" s="14"/>
       <c r="J122" s="14"/>
       <c r="K122" s="8"/>
       <c r="L122" s="8"/>
       <c r="M122" s="8"/>
       <c r="N122" s="8"/>
       <c r="O122" s="8">
         <v>287.19</v>
       </c>
       <c r="P122" s="8">
-        <v>277.22</v>
+        <v>0</v>
       </c>
       <c r="Q122" s="8">
-        <v>96.53</v>
+        <v>0</v>
       </c>
       <c r="R122" s="8"/>
       <c r="S122" s="8"/>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A122:N122"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>