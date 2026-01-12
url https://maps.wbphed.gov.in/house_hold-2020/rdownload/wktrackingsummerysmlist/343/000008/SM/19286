--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -111,68 +111,50 @@
     <t>Support-WQMSP</t>
   </si>
   <si>
     <t>Annual Maintenance Contract (AMC) for Computers,Printers,UPS and other related peripherals of 15(Fifteen) laboratories 1) South 24 Parganas District Laboratory,Bijoygarh 2)Southern Health Improvement Society 3) Kakdwip Sub-District Laboratory 4) Kensily Azad Sporting Club 5) Paschim Banga Vigyan Mancha Sub-District Laboratory 6) Ramkrishna Mission Loke Siksha Parishad(Narendrapur) Sub-District Laboratory7) Mathurapur Ramkrishna Mission Loke Siksha Parishad,Nibodhata 8) Sagar Mangal Sub-District Laboratory 9) Raidighi Sub- District Laboratory 10) Diamond Harbour Sub-District Laboratory 11) Buita Sub-District Laboratory 12) Bakkhali Sub-District Laboratory 13) Canning Sub-District Laboratory 14) Basanti Sub-District Laboratory 15) Ramganga Sub-District Laboratory in the Dist. of South 24 Parganas under Alipore Division,PHE Dte. for upcoming 01(One) year.</t>
   </si>
   <si>
     <t>Assistant Engineer, RWS</t>
   </si>
   <si>
     <t>Junior Engineer,RWS</t>
   </si>
   <si>
     <t>ORD/000559/2024-2025</t>
   </si>
   <si>
     <t>457/RWS</t>
   </si>
   <si>
     <t>09/09/2024</t>
   </si>
   <si>
     <t>09/09/2025</t>
   </si>
   <si>
     <t>PARADIGM INFOSYSTEM</t>
-  </si>
-[...16 lines deleted...]
-    <t>M/S B. ENTERPRISE</t>
   </si>
   <si>
     <t>Remuneration of Chemist/ Bacteriologist and Laboratory Assistant for 04 nos. P.H.E Dte. Water Testing Laboratories (Kakdwip Sub-District Laboratory, Ramganga Sub-District Laboratory, Raidighi Sub-District Laboratory, Basanti Sub-District Laboratory) under Alipore Division, PHE Dte. (For one year from the date of issuance of Work Order) (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000101/2025-2026</t>
   </si>
   <si>
     <t>2530/AD</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30/05/2026</t>
   </si>
   <si>
     <t>M/S. S.S. ENTERPRISE</t>
   </si>
   <si>
     <t>Remuneration of Chemist, Bacteriologist and Lab Assistant of South 24 Parganas District Water Testing Laboratory situated at Bijoygarh State General Hospital Complex under Alipore Division, PHE Dte. (For one year from the date of issuance of Work Order) (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000099/2025-2026</t>
   </si>
@@ -633,51 +615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -854,470 +836,409 @@
       <c r="H4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
-        <v>2.81</v>
+        <v>29.26</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="P5" s="4">
-        <v>29.26</v>
+        <v>8.57</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>35</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="P6" s="4">
-        <v>8.57</v>
+        <v>36.58</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>35</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="P7" s="4">
-        <v>36.58</v>
+        <v>20</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="P8" s="4">
-        <v>20</v>
+        <v>0.82</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O9" s="4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="P9" s="4">
-        <v>0.82</v>
+        <v>0.6</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A10" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>98.62</v>
+      </c>
+      <c r="P10" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>0</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
-    <row r="11" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>