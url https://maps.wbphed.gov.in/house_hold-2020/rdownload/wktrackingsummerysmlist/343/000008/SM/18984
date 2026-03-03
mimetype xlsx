--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1239,54 +1239,54 @@
         <v>25</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>4.57</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>98</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1599,54 +1599,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>15.05</v>
       </c>
       <c r="Q11" s="4">
-        <v>15.05</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1660,54 +1660,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>0.94</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>33.16</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1721,54 +1721,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>0.48</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1953,54 +1953,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P17" s="4">
         <v>470.08</v>
       </c>
       <c r="Q17" s="4">
-        <v>343.74</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>73.12</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>92</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2197,54 +2197,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>79.34</v>
       </c>
       <c r="Q21" s="4">
-        <v>51.5</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>64.91</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>50</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2780,54 +2780,54 @@
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>1255.47</v>
       </c>
       <c r="P31" s="8">
-        <v>415.65</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>33.11</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>