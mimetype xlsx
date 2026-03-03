--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1124,54 +1124,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>16.9</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.26</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>54.77</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1187,54 +1187,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>12.09</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>49.04</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1754,54 +1754,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>36.71</v>
       </c>
       <c r="Q15" s="4">
-        <v>36.7</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>50</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1817,54 +1817,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P16" s="4">
         <v>0.94</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>16.5</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1880,54 +1880,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P17" s="4">
         <v>0.48</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2120,54 +2120,54 @@
       <c r="I21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P21" s="4">
         <v>486</v>
       </c>
       <c r="Q21" s="4">
-        <v>315.3</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>64.88</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>60</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2217,54 +2217,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>931.52</v>
       </c>
       <c r="P23" s="8">
-        <v>367.82</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>39.49</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>