--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1029,54 +1029,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>12.08</v>
       </c>
       <c r="Q3" s="4">
-        <v>12.08</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1151,54 +1151,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>259.33</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.87</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>3.42</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1214,54 +1214,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>57.38</v>
       </c>
       <c r="Q6" s="4">
-        <v>34.75</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>60.56</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>66</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1340,54 +1340,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P8" s="4">
         <v>128.24</v>
       </c>
       <c r="Q8" s="4">
-        <v>74.48</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.08</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1781,54 +1781,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P15" s="4">
         <v>0.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1844,54 +1844,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P16" s="4">
         <v>0.48</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2303,54 +2303,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1134.25</v>
       </c>
       <c r="P24" s="8">
-        <v>130.82</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>11.53</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>