--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -597,50 +597,74 @@
     <t>30/05/2025</t>
   </si>
   <si>
     <t>14/07/2025</t>
   </si>
   <si>
     <t>S.P. CONSTRUCTION (I)</t>
   </si>
   <si>
     <t>Construction of boundary wall at Pump House No. - 9 for Augmentation of Ground Water Based Gosaba (Zone-II) Piped Water Supply Scheme, Block - Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000024/2025-2026</t>
   </si>
   <si>
     <t>2010/AD</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>28/05/2025</t>
   </si>
   <si>
     <t>SUBHASISH SAU</t>
+  </si>
+  <si>
+    <t>Construction of 01 (one) nos. switch room cum chlorine room (4.88m x 3.66m) including Sanitary arrangement as per departmental drawing at the site Augmentation of Gosaba (Zone-II) W/S Scheme, Block-Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. (Pump House No.VII)</t>
+  </si>
+  <si>
+    <t>ORD/000513/2023-2024</t>
+  </si>
+  <si>
+    <t>2068/AD</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>Construction of 01 (one) nos. switch room cum chlorine room (4.88m x 3.66m) including Sanitary arrangement as per departmental drawing at the site Augmentation of Gosaba (Zone-II) W/S Scheme, Block-Gosaba under Canning Sub-Division of Alipore Division, PHE Dte. (Pump House No. I)</t>
+  </si>
+  <si>
+    <t>ORD/000507/2023-2024</t>
+  </si>
+  <si>
+    <t>2062/AD</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1029,51 +1053,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W38"/>
+  <dimension ref="A1:W40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="61.270752" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3272,87 +3296,209 @@
       </c>
       <c r="N37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P37" s="4">
         <v>12.97</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
-      <c r="A38" s="7" t="s">
+      <c r="A38" s="3">
+        <v>36</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H38" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="B38" s="7"/>
-[...22 lines deleted...]
-      <c r="S38" s="8"/>
+      <c r="I38" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="M38" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N38" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="O38" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P38" s="4">
+        <v>8.59</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>0</v>
+      </c>
+      <c r="R38" s="4">
+        <v>0</v>
+      </c>
+      <c r="S38" s="4">
+        <v>100</v>
+      </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
+    <row r="39" spans="1:23">
+      <c r="A39" s="3">
+        <v>37</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="I39" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N39" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="O39" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P39" s="4">
+        <v>8.64</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>0</v>
+      </c>
+      <c r="R39" s="4">
+        <v>0</v>
+      </c>
+      <c r="S39" s="4">
+        <v>100</v>
+      </c>
+      <c r="T39" s="1"/>
+      <c r="U39" s="1"/>
+      <c r="V39" s="1"/>
+      <c r="W39" s="1"/>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="11"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="7"/>
+      <c r="H40" s="14"/>
+      <c r="I40" s="14"/>
+      <c r="J40" s="14"/>
+      <c r="K40" s="8"/>
+      <c r="L40" s="8"/>
+      <c r="M40" s="8"/>
+      <c r="N40" s="8"/>
+      <c r="O40" s="8">
+        <v>4523.14</v>
+      </c>
+      <c r="P40" s="8">
+        <v>634.04</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>14.02</v>
+      </c>
+      <c r="R40" s="8"/>
+      <c r="S40" s="8"/>
+      <c r="T40" s="1"/>
+      <c r="U40" s="1"/>
+      <c r="V40" s="1"/>
+      <c r="W40" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A38:N38"/>
+    <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>