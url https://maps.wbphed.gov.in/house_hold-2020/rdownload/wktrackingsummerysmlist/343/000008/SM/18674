--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1826,54 +1826,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>35.42</v>
       </c>
       <c r="Q13" s="4">
-        <v>35.42</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1887,54 +1887,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>2050.6</v>
       </c>
       <c r="Q14" s="4">
-        <v>117.1</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>5.71</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>25</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2619,54 +2619,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P26" s="4">
         <v>8.62</v>
       </c>
       <c r="Q26" s="4">
-        <v>8.32</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>96.47</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2680,54 +2680,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>449.89</v>
       </c>
       <c r="Q27" s="4">
-        <v>449.89</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2741,54 +2741,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P28" s="4">
         <v>0.97</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.01</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3160,54 +3160,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P35" s="4">
         <v>67.49</v>
       </c>
       <c r="Q35" s="4">
-        <v>22.35</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>33.12</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>40</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3438,54 +3438,54 @@
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="7" t="s">
         <v>203</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="11"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8">
         <v>4523.14</v>
       </c>
       <c r="P40" s="8">
-        <v>634.04</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="8">
-        <v>14.02</v>
+        <v>0</v>
       </c>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>