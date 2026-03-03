--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1101,54 +1101,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>63.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>35.54</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>55.95</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1786,54 +1786,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P15" s="4">
         <v>36.71</v>
       </c>
       <c r="Q15" s="4">
-        <v>33.21</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>90.46</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1849,54 +1849,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P16" s="4">
         <v>161.87</v>
       </c>
       <c r="Q16" s="4">
-        <v>161.52</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>40</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1912,54 +1912,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P17" s="4">
         <v>0.95</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>16.55</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1975,54 +1975,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>112</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P18" s="4">
         <v>0.48</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2274,54 +2274,54 @@
       <c r="I23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P23" s="4">
         <v>437.8</v>
       </c>
       <c r="Q23" s="4">
-        <v>136.75</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>31.24</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>15</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2371,54 +2371,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>143</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1065.79</v>
       </c>
       <c r="P25" s="8">
-        <v>367.66</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>34.5</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>