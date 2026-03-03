--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1065,54 +1065,54 @@
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P4" s="4">
         <v>16.93</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.3</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1380,54 +1380,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>36.66</v>
       </c>
       <c r="Q9" s="4">
-        <v>36.64</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1443,54 +1443,54 @@
       <c r="I10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P10" s="4">
         <v>0.63</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>24.87</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1506,54 +1506,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P11" s="4">
         <v>39.88</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.31</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>18.34</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1923,54 +1923,54 @@
       <c r="I18" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P18" s="4">
         <v>473.26</v>
       </c>
       <c r="Q18" s="4">
-        <v>254.92</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>53.87</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -1986,54 +1986,54 @@
       <c r="I19" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P19" s="4">
         <v>60.58</v>
       </c>
       <c r="Q19" s="4">
-        <v>45.8</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>75.6</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>76</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2049,54 +2049,54 @@
       <c r="I20" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P20" s="4">
         <v>105.31</v>
       </c>
       <c r="Q20" s="4">
-        <v>85.43</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>81.12</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>82</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2146,54 +2146,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>1083.32</v>
       </c>
       <c r="P22" s="8">
-        <v>438.55</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>40.48</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>