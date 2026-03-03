--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1025,54 +1025,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>110.16</v>
       </c>
       <c r="Q5" s="4">
-        <v>89.55</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>81.29</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1403,54 +1403,54 @@
       <c r="I11" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>0.49</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1584,54 +1584,54 @@
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P14" s="4">
         <v>409.79</v>
       </c>
       <c r="Q14" s="4">
-        <v>141.4</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>34.51</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1647,88 +1647,88 @@
       <c r="I15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>64.8</v>
       </c>
       <c r="Q15" s="4">
-        <v>42.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>65.45</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>50</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>903.25</v>
       </c>
       <c r="P16" s="8">
-        <v>273.85</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>30.32</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>