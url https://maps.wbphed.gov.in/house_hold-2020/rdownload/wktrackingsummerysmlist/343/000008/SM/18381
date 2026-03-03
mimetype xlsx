--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1854,54 +1854,54 @@
         <v>88</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P16" s="4">
         <v>16.7</v>
       </c>
       <c r="Q16" s="4">
-        <v>15.22</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>91.17</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>99</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1913,54 +1913,54 @@
         <v>94</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>1.43</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>48.83</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>98</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1974,54 +1974,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>15.03</v>
       </c>
       <c r="Q18" s="4">
-        <v>15.03</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>98</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2149,54 +2149,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P21" s="4">
         <v>308.46</v>
       </c>
       <c r="Q21" s="4">
-        <v>41.72</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>13.53</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>22</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2549,54 +2549,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>152</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>3931.91</v>
       </c>
       <c r="P28" s="8">
-        <v>72.68</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>