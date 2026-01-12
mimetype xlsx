--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -257,51 +257,51 @@
   <si>
     <t>12/12/2024</t>
   </si>
   <si>
     <t>Construction of boundary wall at Pump House No. - 3 at Ground Water Based Piped Water Supply Scheme of Kalaria (Zone - IB) W/S Scheme Block - Canning-I under Canning Sub-Division of Alipore Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000685/2024-2025</t>
   </si>
   <si>
     <t>4290/AD</t>
   </si>
   <si>
     <t>SAHANA ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of boundary wall at Pump House No. - 1 at Ground Water Based Piped Water Supply Scheme of Kalaria (Zone - IB) W/S Scheme Block - Canning-I under Canning Sub-Division of Alipore Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000683/2024-2025</t>
   </si>
   <si>
     <t>4288/AD</t>
   </si>
   <si>
-    <t>26/02/2025</t>
+    <t>27/04/2025</t>
   </si>
   <si>
     <t>Improvement of outdoor illumination arrangement with allied works at Kalaria Zone-IIB, PH-1 under Canning-I Block water supply scheme under SMD, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/002348/2024-2025</t>
   </si>
   <si>
     <t>1477/SMSD</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
     <t>JYOTY SOLAR POWER</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 