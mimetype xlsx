--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -932,54 +932,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>1.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.97</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.52</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -993,54 +993,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>3.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1568,54 +1568,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>311.01</v>
       </c>
       <c r="P15" s="8">
-        <v>5.51</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>1.77</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>