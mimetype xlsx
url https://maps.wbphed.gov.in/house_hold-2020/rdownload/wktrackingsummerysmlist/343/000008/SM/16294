--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1060,54 +1060,54 @@
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>6.05</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1241,54 +1241,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>38.5</v>
       </c>
       <c r="Q9" s="4">
-        <v>18.04</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>46.87</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1304,54 +1304,54 @@
       <c r="I10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>0.94</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1485,88 +1485,88 @@
       <c r="I13" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>2798.35</v>
       </c>
       <c r="Q13" s="4">
-        <v>134.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>64</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>2958.11</v>
       </c>
       <c r="P14" s="8">
-        <v>159.22</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>5.38</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>