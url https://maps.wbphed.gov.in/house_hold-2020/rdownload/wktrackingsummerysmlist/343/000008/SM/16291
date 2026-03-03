--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1160,54 +1160,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P7" s="4">
         <v>6.91</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.91</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1467,54 +1467,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P12" s="4">
         <v>0.49</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1589,54 +1589,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P14" s="4">
         <v>2798.35</v>
       </c>
       <c r="Q14" s="4">
-        <v>245.7</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>8.78</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>64</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1686,54 +1686,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>3464.43</v>
       </c>
       <c r="P16" s="8">
-        <v>253.1</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>7.31</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>