--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -89,252 +89,252 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>SOUTH 24 PARGANAS</t>
   </si>
   <si>
     <t>Alipore Division</t>
   </si>
   <si>
     <t>AUGMENTATION AND RETROFITTING OF BASANTI (ZONE-IV) PWSS FOR PROVIDING FHTC, BLOCK - BASANTI</t>
   </si>
   <si>
     <t>SM/15975</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
+    <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for Basanti (Zone-IV) Augmentation Water Supply Scheme including Functional Household Tap Connection (FHTC) for implementation of JJM at Basanti Block under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Canning sub division</t>
+  </si>
+  <si>
+    <t>ORD/001934/2022-2023</t>
+  </si>
+  <si>
+    <t>11806/AD</t>
+  </si>
+  <si>
+    <t>22/02/2023</t>
+  </si>
+  <si>
+    <t>08/04/2023</t>
+  </si>
+  <si>
+    <t>INDRANIL DUTTA &amp; ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000153/2023-2024</t>
+  </si>
+  <si>
+    <t>1057/AD</t>
+  </si>
+  <si>
+    <t>15/06/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000024/2023-2024</t>
+  </si>
+  <si>
+    <t>230/AD</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>Construction of switch room cum chlorine room (5.4m x 3.6m) including Sanitary arrangement as per departmental drawing at the site of Augmentation of Basanti W/S Scheme (Zone-IV), Block - Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-I]</t>
+  </si>
+  <si>
+    <t>Junior Engineer, 2 CSD</t>
+  </si>
+  <si>
+    <t>ORD/001990/2022-2023</t>
+  </si>
+  <si>
+    <t>12681/AD</t>
+  </si>
+  <si>
+    <t>14/03/2023</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>GOUTAM HALDAR (I)</t>
+  </si>
+  <si>
+    <t>Construction of switch room cum chlorine room (4.88m x 3.66m) including Sanitary arrangement as per departmental drawing at the site of Augmentation of Basanti W/S Scheme (Zone-IV) , Block - Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-II]</t>
+  </si>
+  <si>
+    <t>ORD/001991/2022-2023</t>
+  </si>
+  <si>
+    <t>12682/AD</t>
+  </si>
+  <si>
+    <t>Construction of switch room cum chlorine room (4.88m x 3.66m) including Sanitary arrangement as per departmental drawing at the site of Augmentation of Basanti W/S Scheme (Zone-IV) , Block - Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-III]</t>
+  </si>
+  <si>
+    <t>ORD/001992/2022-2023</t>
+  </si>
+  <si>
+    <t>12683/AD</t>
+  </si>
+  <si>
+    <t>12/06/2023</t>
+  </si>
+  <si>
+    <t>NATH CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Sinking of 03 (three) nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by Direct Rotary Rig Method using P.V.C pipe and pre-packed Resin Bonded Gravel Filter at Augmentation of Basanti (Zone-IV) W/S Scheme, Block - Basanti under Canning Sub Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001869/2022-2023</t>
+  </si>
+  <si>
+    <t>12522/AD</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>09/05/2023</t>
+  </si>
+  <si>
+    <t>G.B. CONSTRUCTION (TW)</t>
+  </si>
+  <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>Charges for new service connection at pump house no-1 of Basanti (Zone-IV)</t>
+  </si>
+  <si>
+    <t>BILL/00565/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-133</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Payment of electricity bill for new service connection under SMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/04393/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-442</t>
+  </si>
+  <si>
+    <t>05/01/2024</t>
+  </si>
+  <si>
+    <t>BILL/04392/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-441</t>
+  </si>
+  <si>
+    <t>Construction of OHR, Laying of Distribution System, Providing Functional Household Tap Connection of Augmentation Piped Water Supply Scheme for Basanti (Zone-I, II, IV, V &amp; VI), Block-Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [No of FHTC=9052]</t>
+  </si>
+  <si>
+    <t>ORD/000349/2023-2024</t>
+  </si>
+  <si>
+    <t>1659/AD</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>M/S PATH MAKERS</t>
+  </si>
+  <si>
     <t>Inter connection and rising main with supply of specials of Augmentation of Basanti (Zone-IV) W/S Scheme, Block-Basanti under Canning Sub-Division of Alipore Division, P.H.E. Dte. (2nd Call)</t>
   </si>
   <si>
-    <t>Assistant Engineer, Canning sub division</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000731/2023-2024</t>
   </si>
   <si>
     <t>2892/AD</t>
   </si>
   <si>
     <t>19/09/2023</t>
   </si>
   <si>
     <t>04/10/2023</t>
   </si>
   <si>
     <t>SURYA ENTERPRISE</t>
   </si>
   <si>
-    <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for Basanti (Zone-IV) Augmentation Water Supply Scheme including Functional Household Tap Connection (FHTC) for implementation of JJM at Basanti Block under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
-[...155 lines deleted...]
-    <t>Supply &amp; installation of LED board at P.H. No-2 &amp; 3 of Basanti (Zone-IV) water supply scheme, under South 24-Pgs Mechanical Division PHE Dte.[Block-Basanti]</t>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1,2 &amp; 3 Zone-IV of Basanti water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Basanti]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
-    <t>ORD/000821/2024-2025</t>
-[...11 lines deleted...]
-    <t>MONOSEBA CONSTRUCTION</t>
+    <t>ORD/001507/2022-2023</t>
+  </si>
+  <si>
+    <t>883/SMD</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>M/S. DILIP MITRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -864,820 +864,820 @@
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J3" s="13" t="s">
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="K3" s="4" t="s">
+      <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="L3" s="4" t="s">
+      <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="O3" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" s="4">
-        <v>9.53</v>
+        <v>6.33</v>
       </c>
       <c r="Q3" s="4">
-        <v>0</v>
+        <v>6.33</v>
       </c>
       <c r="R3" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="S3" s="4">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>6.33</v>
+        <v>9.36</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.33</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="P5" s="4">
-        <v>9.36</v>
+        <v>32.96</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J6" s="13"/>
+        <v>40</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="N6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>32.96</v>
+        <v>7.36</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>7.23</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>98.22</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="P7" s="4">
-        <v>7.36</v>
+        <v>7.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.23</v>
+        <v>6.49</v>
       </c>
       <c r="R7" s="4">
-        <v>98.22</v>
+        <v>91.32</v>
       </c>
       <c r="S7" s="4">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K8" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>7.11</v>
+        <v>7.08</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.49</v>
+        <v>6.51</v>
       </c>
       <c r="R8" s="4">
-        <v>91.32</v>
+        <v>91.98</v>
       </c>
       <c r="S8" s="4">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
-        <v>7.08</v>
+        <v>59.73</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.51</v>
+        <v>57.62</v>
       </c>
       <c r="R9" s="4">
-        <v>91.98</v>
+        <v>96.47</v>
       </c>
       <c r="S9" s="4">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
-        <v>59.73</v>
+        <v>10.08</v>
       </c>
       <c r="Q10" s="4">
-        <v>57.62</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.47</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="M11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N11" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="P11" s="4">
-        <v>10.08</v>
+        <v>4.05</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="P12" s="4">
-        <v>4.05</v>
+        <v>6.52</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="I13" s="13"/>
-      <c r="J13" s="13"/>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K13" s="4" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="P13" s="4">
-        <v>6.52</v>
+        <v>2061.38</v>
       </c>
       <c r="Q13" s="4">
-        <v>0</v>
+        <v>176.97</v>
       </c>
       <c r="R13" s="4">
-        <v>0</v>
+        <v>8.59</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P14" s="4">
-        <v>2061.38</v>
+        <v>9.53</v>
       </c>
       <c r="Q14" s="4">
-        <v>176.97</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>8.59</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>85</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
-        <v>0.78</v>
+        <v>31.71</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>19.58</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>61.74</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
-        <v>2222.26</v>
+        <v>2253.19</v>
       </c>
       <c r="P16" s="8">
-        <v>261.15</v>
+        <v>280.73</v>
       </c>
       <c r="Q16" s="8">
-        <v>11.75</v>
+        <v>12.46</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>