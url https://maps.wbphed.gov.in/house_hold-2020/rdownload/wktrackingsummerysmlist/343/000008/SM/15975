--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -884,54 +884,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>6.33</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.33</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>99</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>7.36</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>98</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1120,54 +1120,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="4">
         <v>7.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.49</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>91.32</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>99</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1181,54 +1181,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>7.08</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.51</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>91.98</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>98</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1242,54 +1242,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>59.73</v>
       </c>
       <c r="Q9" s="4">
-        <v>57.62</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.47</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1474,54 +1474,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P13" s="4">
         <v>2061.38</v>
       </c>
       <c r="Q13" s="4">
-        <v>176.97</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>8.59</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>78</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1596,88 +1596,88 @@
       <c r="I15" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>31.71</v>
       </c>
       <c r="Q15" s="4">
-        <v>19.58</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>61.74</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>2253.19</v>
       </c>
       <c r="P16" s="8">
-        <v>280.73</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>12.46</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>