--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -965,54 +965,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.67</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1087,54 +1087,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>207.68</v>
       </c>
       <c r="Q5" s="4">
-        <v>174.12</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>83.84</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1148,54 +1148,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>7.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>33.2</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1323,54 +1323,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P9" s="4">
         <v>111.41</v>
       </c>
       <c r="Q9" s="4">
-        <v>32.48</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>29.16</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1384,54 +1384,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>7.21</v>
       </c>
       <c r="Q10" s="4">
-        <v>6.22</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>86.25</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1445,54 +1445,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>6.96</v>
       </c>
       <c r="Q11" s="4">
-        <v>6.14</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>88.22</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1917,54 +1917,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P19" s="4">
         <v>58.79</v>
       </c>
       <c r="Q19" s="4">
-        <v>38.62</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>65.69</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2073,54 +2073,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>1114.35</v>
       </c>
       <c r="P22" s="8">
-        <v>260.88</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>23.41</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>