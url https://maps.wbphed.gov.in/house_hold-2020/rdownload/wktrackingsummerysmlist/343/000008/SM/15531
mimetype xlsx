--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -275,51 +275,51 @@
   <si>
     <t>ORD/000086/2023-2024</t>
   </si>
   <si>
     <t>197/AD</t>
   </si>
   <si>
     <t>01/02/2026</t>
   </si>
   <si>
     <t>J.D.J. ENTERPRISE (A UNIT OF JDJ TRADERS PVT. LTD.)</t>
   </si>
   <si>
     <t>Laying of different dia pipes(DI pipe- 350mm to 400mm, UPVC- 90mm to 225mm) for the balance portion in the distribution system under Diamond Harbour II Block along with the Restoration of subsequent Bitumenous road and concrete road under the jurisdiction of PWD and Diamond Harbour II Panchayat Samiti / Block with the supply of DI specials and allied works of totaling 9453 mtr. under the Augmentation scheme of Diamond Harbour Zone-II within ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.(Under Jal Jeevan Mission)</t>
   </si>
   <si>
     <t>ORD/002315/2023-2024</t>
   </si>
   <si>
     <t>1092/AD</t>
   </si>
   <si>
     <t>22/02/2024</t>
   </si>
   <si>
-    <t>13/11/2025</t>
+    <t>11/02/2026</t>
   </si>
   <si>
     <t>Balance works under the Augmentation scheme of Zone-II at Diamond Harbour- II block for providing House Hold Tap connection under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
   <si>
     <t>ORD/002151/2024-2025</t>
   </si>
   <si>
     <t>410/AD</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>02/03/2025</t>
   </si>
   <si>
     <t>M/S. S.S. ENTERPRISE</t>
   </si>
   <si>
     <t>Balance works under the Augmentation scheme of Zone-I at Diamond Harbour- II block for providing House Hold Tap connection under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
   <si>
     <t>ORD/002492/2024-2025</t>
   </si>