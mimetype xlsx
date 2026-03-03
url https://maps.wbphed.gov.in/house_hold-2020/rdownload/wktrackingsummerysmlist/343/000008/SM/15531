--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1033,54 +1033,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>146</v>
       </c>
       <c r="Q5" s="4">
-        <v>30.13</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>20.64</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>20</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1216,54 +1216,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P8" s="4">
         <v>0.84</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1448,54 +1448,54 @@
       <c r="I12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P12" s="4">
         <v>479.57</v>
       </c>
       <c r="Q12" s="4">
-        <v>94.32</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1509,54 +1509,54 @@
       <c r="I13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P13" s="4">
         <v>22.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>11.78</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>51.7</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1570,54 +1570,54 @@
       <c r="I14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>1011.34</v>
       </c>
       <c r="Q14" s="4">
-        <v>37.14</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>3.67</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>25</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1814,88 +1814,88 @@
       <c r="I18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P18" s="4">
         <v>94</v>
       </c>
       <c r="Q18" s="4">
-        <v>58.67</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>62.41</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>3178.1</v>
       </c>
       <c r="P19" s="8">
-        <v>232.89</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>