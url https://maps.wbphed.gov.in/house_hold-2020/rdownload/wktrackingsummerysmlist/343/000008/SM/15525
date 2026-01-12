--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -302,51 +302,51 @@
   <si>
     <t>11503/AD</t>
   </si>
   <si>
     <t>15/02/2023</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>JOY GURU TRADING</t>
   </si>
   <si>
     <t>Laying distribution system, Functional Household Tap Connection (FHTC) to all households and Construction 02 nos. Pump House (5.40m. x 3.60m) for Madhabnagar Zone - I Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Part-B)</t>
   </si>
   <si>
     <t>ORD/001782/2022-2023</t>
   </si>
   <si>
     <t>11924/AD</t>
   </si>
   <si>
     <t>24/02/2023</t>
   </si>
   <si>
-    <t>20/06/2025</t>
+    <t>04/08/2025</t>
   </si>
   <si>
     <t>M/S. JHARNA ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 350 cum. Over Head Reservoir (OHR), (20 mtr. Staging Height) including design &amp; drawing of foundation after soil investigation along with Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including O &amp; M of Laying distribution, Rising Main &amp; FHTC for 1 year after completion of FHTC works for Madhabnagar (Zone-I) Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Part-A)</t>
   </si>
   <si>
     <t>ORD/000767/2023-2024</t>
   </si>
   <si>
     <t>2929/AD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>17/07/2024</t>
   </si>
   <si>
     <t>VISHAL CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>Construction, placing and fixing of FHTC platform at every individual beneficiary, pump connections etc at Gopalnagar Uttar PWSS, Block - Patharpratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E.D. (SM/13870)</t>
   </si>