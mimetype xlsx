--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1309,54 +1309,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>36.7</v>
       </c>
       <c r="Q8" s="4">
-        <v>33.36</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>90.89</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1372,54 +1372,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>0.95</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1435,54 +1435,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>0.49</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1860,54 +1860,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>590.16</v>
       </c>
       <c r="Q17" s="4">
-        <v>45.52</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>45</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2209,54 +2209,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>1176.78</v>
       </c>
       <c r="P23" s="8">
-        <v>79.53</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>6.76</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>