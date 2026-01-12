--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -239,51 +239,51 @@
   <si>
     <t>RTOR000119/2022-2023</t>
   </si>
   <si>
     <t>3046/AD</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Additional work for retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to additional households (755 nos.) in excess of IMIS in connection with Jal Jeevan Mission (JJM) of Augmentation of Banibadabelekhali Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-I South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>ORD/000221/2023-2024</t>
   </si>
   <si>
     <t>1026/AD</t>
   </si>
   <si>
     <t>13/06/2023</t>
   </si>
   <si>
-    <t>28/07/2023</t>
+    <t>02/06/2025</t>
   </si>
   <si>
     <t>Conducting route survey, design distribution network and preparation &amp; submission of DPR for Banibadabelekhali Augmentation Water Supply Scheme including Functional Household Tap Connection (FHTC) for implementation of JJM at Canning-I Block under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Junior Engineer, 3 CSD</t>
   </si>
   <si>
     <t>ORD/001945/2022-2023</t>
   </si>
   <si>
     <t>11505/AD</t>
   </si>
   <si>
     <t>15/02/2023</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
   <si>
     <t>M/S. MIHIR KUMAR NASKAR</t>
   </si>
   <si>
     <t>RTOR000729/2023-2024</t>
   </si>