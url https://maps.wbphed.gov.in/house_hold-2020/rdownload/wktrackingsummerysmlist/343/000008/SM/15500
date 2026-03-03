--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -893,54 +893,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>63.28</v>
       </c>
       <c r="Q3" s="4">
-        <v>41.64</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>65.8</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>81</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1133,54 +1133,54 @@
         <v>54</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>46.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>46.39</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1192,54 +1192,54 @@
         <v>60</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>1.88</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>86.13</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>87</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1310,54 +1310,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>58.43</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>7.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>35</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1371,54 +1371,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>1.75</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.75</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1576,54 +1576,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>351.07</v>
       </c>
       <c r="P15" s="8">
-        <v>95.76</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>27.28</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>