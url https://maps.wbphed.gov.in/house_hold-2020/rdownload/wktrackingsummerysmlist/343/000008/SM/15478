--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -257,51 +257,51 @@
   <si>
     <t>3301/AD</t>
   </si>
   <si>
     <t>07/10/2023</t>
   </si>
   <si>
     <t>06/11/2023</t>
   </si>
   <si>
     <t>STAR ENGINEERS CO-OPERATIVE SOCIETY LIMITED</t>
   </si>
   <si>
     <t>Additional work for retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to additional households (1500 nos.) in excess of IMIS in connection with Jal Jeevan Mission (JJM) and Jal Swapna for Kalugachi Water Supply Scheme including one year Operation &amp; Maintenance of scheme, Block - Canning-II South 24 Pgs. District under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000334/2023-2024</t>
   </si>
   <si>
     <t>1551/AD</t>
   </si>
   <si>
     <t>17/07/2023</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>29/09/2025</t>
   </si>
   <si>
     <t>M/S. MIHIR KUMAR NASKAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>