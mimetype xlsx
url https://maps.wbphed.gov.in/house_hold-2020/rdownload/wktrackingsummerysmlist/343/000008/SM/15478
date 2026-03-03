--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1332,54 +1332,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>10.97</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.41</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>67.49</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1427,54 +1427,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>268.23</v>
       </c>
       <c r="P13" s="8">
-        <v>7.41</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>2.76</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>