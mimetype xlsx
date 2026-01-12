--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,240 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF DISTRIBUTION SYSTEM INCLUDING OHR UNDER ZONE-III, MATHURAPUR-I BLOCK FOR PROVIDING FUNCTIONAL HOUSEHOLD TAP CONNECTION (FHTC) IN CONNECTION WITH JAL JEEVAN MISSION (JJM) UNDER MEGA SURFACE WATER BASED WATER SUPPLY SCHEME FOR FALTA-MATHURAP</t>
+  </si>
+  <si>
+    <t>SM/15469</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Construction of 550 M3 capacity 20 M. staging height R.C.C. Over Head Water Reservoir, Providing FHTC including distribution system and other allied works at Zone- III of Mathurapur -I Block for ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ in connection with Jal Jeevan Mission (JJM) under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Raidighi sub division</t>
+  </si>
+  <si>
+    <t>ORD/000343/2023-2024</t>
+  </si>
+  <si>
+    <t>1455/AD</t>
+  </si>
+  <si>
+    <t>13/07/2023</t>
+  </si>
+  <si>
+    <t>08/05/2024</t>
+  </si>
+  <si>
+    <t>M/S SUMAN SHIL</t>
+  </si>
+  <si>
+    <t>Retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households in Mathurapur-I, Zone-III (Krishnachandrapur PWSS) including Operation &amp; Maintenance of scheme for 1 (one) year under Mega Surface Water Based Water Supply Scheme for Falta-Mathurapur, District South 24 Parganas, Block - Mathurapur-I under Raidighi Sub-Division of Alipore Division, P.H.E.Dte. (Phase-I)</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3, Raidghi Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/001453/2021-2022</t>
+  </si>
+  <si>
+    <t>6069/AD</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>17/02/2023</t>
+  </si>
+  <si>
+    <t>M/S B.M. CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Remodeling of Distribution System of Krishnachandrapur PWS Scheme as Zone-III of Mathurapur - I Block under Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000034/2022-2023</t>
+  </si>
+  <si>
+    <t>597/AD</t>
+  </si>
+  <si>
+    <t>28/04/2022</t>
+  </si>
+  <si>
+    <t>28/05/2022</t>
+  </si>
+  <si>
+    <t>Laying distribution system and other allied works of piped water supply at Zone - III of Mathurapur - I Block in connection with Jal Jeevan Mission (JJM) for Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000115/2023-2024</t>
+  </si>
+  <si>
+    <t>484/AD</t>
+  </si>
+  <si>
+    <t>10/05/2023</t>
+  </si>
+  <si>
+    <t>24/06/2023</t>
+  </si>
+  <si>
+    <t>Laying distribution system of piped water supply at Zone- III of Mathurapur - I Block in connection with Jal Jeevan Mission (JJM) for Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000879/2024-2025</t>
+  </si>
+  <si>
+    <t>4662/AD</t>
+  </si>
+  <si>
+    <t>20/11/2024</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>Inter connection between tubewells and Rising Main system of piped water supply at Zone - III of Mathurapur - I Block in connection with Jal Jeevan Mission (JJM) for Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001964/2022-2023</t>
+  </si>
+  <si>
+    <t>12718/AD</t>
+  </si>
+  <si>
+    <t>14/03/2023</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000634/2023-2024</t>
+  </si>
+  <si>
+    <t>238/AD</t>
+  </si>
+  <si>
+    <t>15/01/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000006/2024-2025</t>
+  </si>
+  <si>
+    <t>5161/AD</t>
+  </si>
+  <si>
+    <t>12/12/2024</t>
+  </si>
+  <si>
+    <t>Payment against "Restoration of Purba Bishnupur Raidighi Road (MDR) 11Km-15.5Km), under Diamond Harbour Highway Division, PWD damaged caused due to laying of water pipe lines by PHED under Raidighi Sub Division, PHE Dte. in the district of South 24 Pgs" vide Memo no. 264(W)/618G, Dt. 19.02.2024 of SE, Southern highway Circle P.W.(Roads) Dte. &amp; 9nos</t>
+  </si>
+  <si>
+    <t>BILL/01576/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-889</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGNEER, DIAMOND HARBOUR DIVN, P.W.(ROADS) DTE.</t>
+  </si>
+  <si>
+    <t>Augmentation and retrofitting of distribution system for Providing Functional Household Tap Connection (FHTC) to all the households in Zone-III, Mathurapur-I Block in connection with Jal Jeevan Mission (JJM) under Mega Surface Water Based Water Supply Scheme for Falta-Mathurapur, District South 24 Parganas under Raidighi Sub-Division of Alipore Division, P.H.E.Dte. (New FHTC = 255 Nos.) [Part - D]</t>
+  </si>
+  <si>
+    <t>ORD/000118/2023-2024</t>
+  </si>
+  <si>
+    <t>487/AD</t>
+  </si>
+  <si>
+    <t>20/03/2024</t>
+  </si>
+  <si>
+    <t>TIYASHA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Interconnection with OHR, Rising main and distribution system for different Zone ( Zone-III, VI, XVII, IV,VII, VIII, IX, X), Mathurapur-I Block in connection with Jal Jeevan Mission (JJM) under Mega Surface Water Based Water Supply Scheme for Falta-Mathurapur, District South 24 Parganas under Raidighi Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000110/2025-2026</t>
+  </si>
+  <si>
+    <t>2576/AD</t>
+  </si>
+  <si>
+    <t>03/06/2025</t>
+  </si>
+  <si>
+    <t>02/08/2025</t>
+  </si>
+  <si>
+    <t>M/S B. ENTERPRISE</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +340,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +693,860 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="68.269043" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" s="4">
+        <v>205.1</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" s="4">
+        <v>128.45</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>51.48</v>
+      </c>
+      <c r="R4" s="4">
+        <v>40.08</v>
+      </c>
+      <c r="S4" s="4">
+        <v>99</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P5" s="4">
+        <v>95.84</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>13.34</v>
+      </c>
+      <c r="R5" s="4">
+        <v>13.92</v>
+      </c>
+      <c r="S5" s="4">
+        <v>50</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="4">
+        <v>95.36</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>23.08</v>
+      </c>
+      <c r="R6" s="4">
+        <v>24.2</v>
+      </c>
+      <c r="S6" s="4">
+        <v>40</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P7" s="4">
+        <v>25.39</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P8" s="4">
+        <v>30.56</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>24.14</v>
+      </c>
+      <c r="R8" s="4">
+        <v>79</v>
+      </c>
+      <c r="S8" s="4">
+        <v>50</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" s="4">
+        <v>7.85</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="P10" s="4">
+        <v>30.8</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="I11" s="13"/>
+      <c r="J11" s="13"/>
+      <c r="K11" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" s="4">
+        <v>71.65</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0</v>
+      </c>
+      <c r="R11" s="4">
+        <v>0</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="P12" s="4">
+        <v>70.74</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>19.29</v>
+      </c>
+      <c r="R12" s="4">
+        <v>27.27</v>
+      </c>
+      <c r="S12" s="4">
+        <v>98</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P13" s="4">
+        <v>43.57</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>805.3</v>
+      </c>
+      <c r="P14" s="8">
+        <v>131.32</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>16.31</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>