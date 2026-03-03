--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -915,54 +915,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>128.45</v>
       </c>
       <c r="Q4" s="4">
-        <v>51.48</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>40.08</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>99</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -976,54 +976,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>95.84</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.34</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>13.92</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1037,54 +1037,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>95.36</v>
       </c>
       <c r="Q6" s="4">
-        <v>23.08</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>24.2</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1159,54 +1159,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P8" s="4">
         <v>30.56</v>
       </c>
       <c r="Q8" s="4">
-        <v>24.14</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1391,54 +1391,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>70.74</v>
       </c>
       <c r="Q12" s="4">
-        <v>19.29</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>27.27</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1486,54 +1486,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>805.3</v>
       </c>
       <c r="P14" s="8">
-        <v>131.32</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>16.31</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>