--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1038,54 +1038,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.96</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.44</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1331,54 +1331,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>2.4</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.24</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.27</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1392,54 +1392,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>2.4</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.99</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>82.75</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1453,54 +1453,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P11" s="4">
         <v>0.4</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.08</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1632,54 +1632,54 @@
       <c r="I14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>983.37</v>
       </c>
       <c r="Q14" s="4">
-        <v>481.06</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>48.92</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1693,54 +1693,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="4">
         <v>1.2</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.15</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>95.63</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2032,54 +2032,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1276.71</v>
       </c>
       <c r="P21" s="8">
-        <v>489.72</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>38.36</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>