--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -978,54 +978,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.59</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>92.59</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1210,54 +1210,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>0.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1442,54 +1442,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P12" s="4">
         <v>1217.22</v>
       </c>
       <c r="Q12" s="4">
-        <v>715.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>58.78</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1842,54 +1842,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>104</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>2115.97</v>
       </c>
       <c r="P19" s="8">
-        <v>719.33</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>