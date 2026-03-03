--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -1031,54 +1031,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>8.94</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.94</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>95</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1092,54 +1092,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>47.54</v>
       </c>
       <c r="Q4" s="4">
-        <v>43.46</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.43</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1324,54 +1324,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>20.56</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>22.05</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1385,54 +1385,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>656.29</v>
       </c>
       <c r="Q9" s="4">
-        <v>330.52</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>50.36</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1629,54 +1629,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>0.49</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1690,54 +1690,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>0.81</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>49.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1751,54 +1751,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>11.81</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.66</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>90.23</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>97</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1812,54 +1812,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P16" s="4">
         <v>33.71</v>
       </c>
       <c r="Q16" s="4">
-        <v>11.55</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>34.26</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1873,54 +1873,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P17" s="4">
         <v>0.49</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1934,54 +1934,54 @@
       <c r="I18" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P18" s="4">
         <v>10.73</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.84</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>91.67</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2109,54 +2109,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P21" s="4">
         <v>60.43</v>
       </c>
       <c r="Q21" s="4">
-        <v>37.42</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>61.93</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>10</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2326,54 +2326,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1223.48</v>
       </c>
       <c r="P25" s="8">
-        <v>458.29</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>37.46</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>