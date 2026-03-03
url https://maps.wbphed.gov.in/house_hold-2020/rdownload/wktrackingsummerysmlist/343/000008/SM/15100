--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1084,54 +1084,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>40.73</v>
       </c>
       <c r="Q6" s="4">
-        <v>31.51</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>77.37</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1143,54 +1143,54 @@
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>6.76</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.76</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1501,54 +1501,54 @@
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>137.02</v>
       </c>
       <c r="Q13" s="4">
-        <v>120.49</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>87.94</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>96</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1718,54 +1718,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>500.72</v>
       </c>
       <c r="P17" s="8">
-        <v>158.77</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>31.71</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>