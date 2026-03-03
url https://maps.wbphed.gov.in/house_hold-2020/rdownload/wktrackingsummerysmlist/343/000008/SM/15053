--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1288,54 +1288,54 @@
         <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>7.25</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.25</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>99</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1520,54 +1520,54 @@
       <c r="I11" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>29.05</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.57</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>26.06</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>30</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1581,54 +1581,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>7.24</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.25</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1642,54 +1642,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>7.08</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.73</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>95.16</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1703,54 +1703,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>1.62</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1935,54 +1935,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>58.47</v>
       </c>
       <c r="Q18" s="4">
-        <v>21.84</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>37.35</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>66</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1996,54 +1996,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>2061.38</v>
       </c>
       <c r="Q19" s="4">
-        <v>293.76</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>14.25</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>78</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2518,54 +2518,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>147</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>2548.16</v>
       </c>
       <c r="P28" s="8">
-        <v>345.81</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>13.57</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>