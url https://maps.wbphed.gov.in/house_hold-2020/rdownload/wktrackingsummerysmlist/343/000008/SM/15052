--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -260,108 +260,108 @@
   <si>
     <t>04/10/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGNEER, 24 PGS. HIGHWAY DIVN, P.W.(ROADS) DEPTT.</t>
   </si>
   <si>
     <t>Construction of switch room cum chlorine room (5.4m x 3.6m) including Sanitary arrangement as per departmental drawing at the site of Augmentation of Basanti W/S Scheme (Zone-V), Block - Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [Pump House-I]</t>
   </si>
   <si>
     <t>ORD/001703/2022-2023</t>
   </si>
   <si>
     <t>11667/AD</t>
   </si>
   <si>
     <t>20/02/2023</t>
   </si>
   <si>
     <t>06/04/2023</t>
   </si>
   <si>
     <t>SARKAR CONSTRUCTION</t>
   </si>
   <si>
+    <t>Inter connection and rising main with supply of specials of Augmentation of Basanti (Zone-V) W/S Scheme , Block-Canning- I under Canning Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000093/2023-2024</t>
+  </si>
+  <si>
+    <t>449/AD</t>
+  </si>
+  <si>
+    <t>03/05/2023</t>
+  </si>
+  <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>HI TECH ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of OHR, Laying of Distribution System, Providing Functional Household Tap Connection of Augmentation Piped Water Supply Scheme for Basanti (Zone-I, II, IV, V &amp; VI), Block-Basanti under Canning Sub-Division of Alipore Division, PHE Dte. [No of FHTC=9052]</t>
+  </si>
+  <si>
+    <t>ORD/000349/2023-2024</t>
+  </si>
+  <si>
+    <t>1659/AD</t>
+  </si>
+  <si>
+    <t>20/07/2023</t>
+  </si>
+  <si>
+    <t>05/01/2026</t>
+  </si>
+  <si>
+    <t>M/S PATH MAKERS</t>
+  </si>
+  <si>
     <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1,2 &amp; 3 for Augmentation of Basanti (Zone-5) water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Basanti]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000020/2023-2024</t>
   </si>
   <si>
     <t>955/SMD</t>
   </si>
   <si>
     <t>04/04/2023</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>A.S.ENTERPRISE</t>
-  </si>
-[...34 lines deleted...]
-    <t>M/S PATH MAKERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1519,218 +1519,218 @@
         <v>7.36</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>99</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="J14" s="13" t="s">
+      <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="K14" s="4" t="s">
+      <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="M14" s="4" t="s">
+      <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="N14" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P14" s="4">
-        <v>29.02</v>
+        <v>9.12</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K15" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="N15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>9.12</v>
+        <v>2061.38</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>292.99</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>14.21</v>
       </c>
       <c r="S15" s="4">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="J16" s="13" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
-        <v>2061.38</v>
+        <v>29.02</v>
       </c>
       <c r="Q16" s="4">
-        <v>292.99</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>2670.69</v>