--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -911,54 +911,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>7.26</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.26</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>99</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1086,54 +1086,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>60</v>
       </c>
       <c r="Q6" s="4">
-        <v>54.66</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>91.11</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>97</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1619,54 +1619,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P15" s="4">
         <v>2061.38</v>
       </c>
       <c r="Q15" s="4">
-        <v>292.99</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>78</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1714,54 +1714,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>2670.69</v>
       </c>
       <c r="P17" s="8">
-        <v>354.92</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>13.29</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>