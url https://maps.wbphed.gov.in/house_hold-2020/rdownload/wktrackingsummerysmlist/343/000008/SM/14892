--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,285 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF LAYING DISTRIBUTION SYSTEM TO EXTENTED THE BENEFIT OF 100% HOUSEHOLD BY PROVIDING FUNCTIONAL FHTC FOR THE LEFT OUT AREAS IN ZONE- III AT DIAMOND HARBOUR _II WITHIN 'MEGA SURFACE WATER BASED WATER SUPPLY SCHEME FOR FALTA- MATHURAPUR,DISTR</t>
+  </si>
+  <si>
+    <t>SM/14892</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000427/2023-2024</t>
+  </si>
+  <si>
+    <t>3610/AD</t>
+  </si>
+  <si>
+    <t>30/10/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000356/2023-2024</t>
+  </si>
+  <si>
+    <t>3220/AD</t>
+  </si>
+  <si>
+    <t>04/10/2023</t>
+  </si>
+  <si>
+    <t>RTOR000220/2023-2024</t>
+  </si>
+  <si>
+    <t>2203/AD</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>Additional balance works under the Augmentation scheme of Zone-IIIA at Diamond Harbour- II block for providing balance pipe lying works, road restoration works for new laid pipe etc. under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Diamond Harbour sub division</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3 DHSD</t>
+  </si>
+  <si>
+    <t>ORD/001373/2024-2025</t>
+  </si>
+  <si>
+    <t>5518/AD</t>
+  </si>
+  <si>
+    <t>28/12/2024</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>NAZRUL ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Inter connection between secondary grid to distribution system to facilitate direct supply of water under Zone-III (B) of Diamond Harbour-II block within Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur under Diamond Harbour Sub- Division of Alipore Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Canning sub division,Assistant Engineer, Diamond Harbour sub division</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3 DHSD,Junior Engineer, 3 CSD</t>
+  </si>
+  <si>
+    <t>ORD/000872/2024-2025</t>
+  </si>
+  <si>
+    <t>4656/AD</t>
+  </si>
+  <si>
+    <t>20/11/2024</t>
+  </si>
+  <si>
+    <t>20/12/2024</t>
+  </si>
+  <si>
+    <t>S.S. ENTERPRISE (II)</t>
+  </si>
+  <si>
+    <t>Additional bored cast in situ R.C.C pile due to revised drawing for the construction of 1000 m3 capacity 20 M. staging height R.C.C. Over Head Water Reservoir within Zone-IIIA at Bhadura of Diamond Harbour -II Block for the Mega Surface Based Water Supply Scheme for Falta-Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/002405/2023-2024</t>
+  </si>
+  <si>
+    <t>1153/AD</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>27/04/2024</t>
+  </si>
+  <si>
+    <t>M/S. PROMILA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Inter connection of M.S. distribution pipeline and allied works related to Gap Closing at Bhadura Bridge in Diamond Harbour -II Zone - III under ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under Diamond Harbour Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/003146/2020-2021</t>
+  </si>
+  <si>
+    <t>252/DHSD</t>
+  </si>
+  <si>
+    <t>25/11/2020</t>
+  </si>
+  <si>
+    <t>25/12/2020</t>
+  </si>
+  <si>
+    <t>SUPER SKILL</t>
+  </si>
+  <si>
+    <t>Inter connection of M.S. distribution pipeline and allied works related to Gap Closing at Panarpole Bridge in Diamond Harbour -II Zone - III under ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under Diamond Harbour Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/003147/2020-2021</t>
+  </si>
+  <si>
+    <t>255/DHSD</t>
+  </si>
+  <si>
+    <t>15/12/2020</t>
+  </si>
+  <si>
+    <t>Preparation of design, drawing for foundation for the proposed R.C.C. Over Head Reservoir at Zone-III (Bhaduria, OHR Size-1500 ) within Diamond Harbour-II Block under ¿Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas¿ under Diamond Harbour Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer,Junior Engineer 2 DHSD</t>
+  </si>
+  <si>
+    <t>ORD/002093/2022-2023</t>
+  </si>
+  <si>
+    <t>327/DHSD</t>
+  </si>
+  <si>
+    <t>07/11/2022</t>
+  </si>
+  <si>
+    <t>14/11/2022</t>
+  </si>
+  <si>
+    <t>ASTER CONSULTANCY</t>
+  </si>
+  <si>
+    <t>Support service for Detail Design &amp; Drawing of pipe line by using Watergems Software on the basis of the population density within the ZONE-IIIA of Diamond Harbour-II Block under " Megha Surface water based W/S scheme for Falta-Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001524/2023-2024</t>
+  </si>
+  <si>
+    <t>434/DHSD</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>06/10/2023</t>
+  </si>
+  <si>
+    <t>GEO SOLUTION</t>
+  </si>
+  <si>
+    <t>RTOR000611/2023-2024</t>
+  </si>
+  <si>
+    <t>273/AD</t>
+  </si>
+  <si>
+    <t>15/01/2024</t>
+  </si>
+  <si>
+    <t>RTOR000878/2023-2024</t>
+  </si>
+  <si>
+    <t>752/AD</t>
+  </si>
+  <si>
+    <t>03/02/2024</t>
+  </si>
+  <si>
+    <t>Augmentation of laying distribution system including construction of 1000 m3 capacity OHR at Zone - III of Diamond Harbour - II Block to extend the benefit of 100% household by Providing Functional Household Tap Connection (FHTC) from distribution system within "Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division of PHE Dte. (Part - IIIA) [No. of FHTC = 2400]</t>
+  </si>
+  <si>
+    <t>ORD/000364/2023-2024</t>
+  </si>
+  <si>
+    <t>1565/AD</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Additional balance works under the Augmentation scheme of Zone-IIIB at Diamond Harbour- II block for providing balance pipe lying works, road restoration works etc. under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001374/2024-2025</t>
+  </si>
+  <si>
+    <t>5519/AD</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>M/S SUBIR GHOSH</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +385,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +738,1033 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="4">
+        <v>1.23</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="4">
+        <v>0.21</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" s="4">
+        <v>19.99</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P6" s="4">
+        <v>11.28</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" s="4">
+        <v>6.58</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" s="4">
+        <v>39.73</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" s="4">
+        <v>4.71</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>4.63</v>
+      </c>
+      <c r="R9" s="4">
+        <v>98.41</v>
+      </c>
+      <c r="S9" s="4">
+        <v>95</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="P10" s="4">
+        <v>3.18</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>3.04</v>
+      </c>
+      <c r="R10" s="4">
+        <v>95.74</v>
+      </c>
+      <c r="S10" s="4">
+        <v>95</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0.5</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0.5</v>
+      </c>
+      <c r="R11" s="4">
+        <v>100</v>
+      </c>
+      <c r="S11" s="4">
+        <v>100</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" s="4">
+        <v>0.84</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0.84</v>
+      </c>
+      <c r="R12" s="4">
+        <v>100</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P13" s="4">
+        <v>16.32</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P14" s="4">
+        <v>2.46</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="P15" s="4">
+        <v>433.39</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>130.35</v>
+      </c>
+      <c r="R15" s="4">
+        <v>30.08</v>
+      </c>
+      <c r="S15" s="4">
+        <v>25</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="P16" s="4">
+        <v>30.79</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>35</v>
+      </c>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>571.2</v>
+      </c>
+      <c r="P17" s="8">
+        <v>139.36</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>24.4</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>