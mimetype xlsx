--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1253,54 +1253,54 @@
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>4.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1312,54 +1312,54 @@
         <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P10" s="4">
         <v>3.18</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.74</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1373,54 +1373,54 @@
       <c r="I11" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>0.5</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1434,54 +1434,54 @@
       <c r="I12" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>0.84</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1609,54 +1609,54 @@
       <c r="I15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P15" s="4">
         <v>433.39</v>
       </c>
       <c r="Q15" s="4">
-        <v>130.35</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>30.08</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>25</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1704,54 +1704,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>571.2</v>
       </c>
       <c r="P17" s="8">
-        <v>139.36</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>24.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>