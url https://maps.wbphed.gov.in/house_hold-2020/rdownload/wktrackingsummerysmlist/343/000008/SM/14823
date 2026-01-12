--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -209,87 +209,87 @@
   <si>
     <t>1254/AD</t>
   </si>
   <si>
     <t>02/03/2024</t>
   </si>
   <si>
     <t>Augmentation for Providing Functional Household Tap Connection (FHTC) from distribution system in Zone-III at Diamond Harbour- I block under " Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division of PHE Dte. [No. of FHTC = 6507]</t>
   </si>
   <si>
     <t>Assistant Engineer, Diamond Harbour sub division,Assistant Engineer, Raidighi sub division</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer 2 DHSD</t>
   </si>
   <si>
     <t>ORD/001743/2022-2023</t>
   </si>
   <si>
     <t>11710/AD</t>
   </si>
   <si>
     <t>21/02/2023</t>
   </si>
   <si>
-    <t>08/10/2025</t>
+    <t>05/02/2026</t>
   </si>
   <si>
     <t>JAL PRAVAHIKA PVT. LTD.</t>
   </si>
   <si>
     <t>Augmentation of laying of distribution system in the left out areas of Part-C at ZONE-III of Diamond Harbour-I Block for providing 100% FHTC under Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001153/2023-2024</t>
   </si>
   <si>
     <t>3199/AD</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>S.C. ENTERPRISE (I)</t>
   </si>
   <si>
     <t>Laying of additional pipeline, road restoration works etc. under the Augmentation scheme of Zone-III at Diamond Harbour- I block for providing 100% FHTC under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte. [SM/14823]</t>
   </si>
   <si>
     <t>Junior Engineer 2 DHSD</t>
   </si>
   <si>
     <t>ORD/001102/2024-2025</t>
   </si>
   <si>
     <t>5031/AD</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
-    <t>05/04/2025</t>
+    <t>04/06/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>