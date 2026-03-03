--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -839,54 +839,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.38</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>92.65</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>98</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -898,54 +898,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>4.37</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.09</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>93.74</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>98</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1358,54 +1358,54 @@
       <c r="I12" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P12" s="4">
         <v>477.57</v>
       </c>
       <c r="Q12" s="4">
-        <v>188.11</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>39.39</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1419,54 +1419,54 @@
       <c r="I13" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P13" s="4">
         <v>84.6</v>
       </c>
       <c r="Q13" s="4">
-        <v>50.47</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>59.65</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1514,54 +1514,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>792.1</v>
       </c>
       <c r="P15" s="8">
-        <v>246.73</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>31.15</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>