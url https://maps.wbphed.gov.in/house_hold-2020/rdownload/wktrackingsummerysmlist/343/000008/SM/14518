--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1357,54 +1357,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.49</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1477,54 +1477,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>3.55</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>5</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1536,54 +1536,54 @@
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>9.82</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.82</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>95</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1829,54 +1829,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>449.37</v>
       </c>
       <c r="Q11" s="4">
-        <v>177.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>39.42</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>34</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1890,54 +1890,54 @@
       <c r="I12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>79</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>22.32</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.08</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>45.18</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>45</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2378,54 +2378,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P20" s="4">
         <v>9.62</v>
       </c>
       <c r="Q20" s="4">
-        <v>9.59</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2439,54 +2439,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P21" s="4">
         <v>45.85</v>
       </c>
       <c r="Q21" s="4">
-        <v>44.47</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2500,54 +2500,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P22" s="4">
         <v>5.78</v>
       </c>
       <c r="Q22" s="4">
-        <v>5.73</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.12</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2561,54 +2561,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P23" s="4">
         <v>44.93</v>
       </c>
       <c r="Q23" s="4">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>26.12</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>80</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2622,54 +2622,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P24" s="4">
         <v>9.39</v>
       </c>
       <c r="Q24" s="4">
-        <v>9.17</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>97.7</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2683,54 +2683,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P25" s="4">
         <v>24.81</v>
       </c>
       <c r="Q25" s="4">
-        <v>24.81</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2744,54 +2744,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P26" s="4">
         <v>6.42</v>
       </c>
       <c r="Q26" s="4">
-        <v>6.36</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2805,54 +2805,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P27" s="4">
         <v>5.48</v>
       </c>
       <c r="Q27" s="4">
-        <v>5.44</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.35</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2866,54 +2866,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P28" s="4">
         <v>5.65</v>
       </c>
       <c r="Q28" s="4">
-        <v>5.6</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2927,54 +2927,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P29" s="4">
         <v>9.41</v>
       </c>
       <c r="Q29" s="4">
-        <v>9.29</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>98.7</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2988,54 +2988,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="P30" s="4">
         <v>29.61</v>
       </c>
       <c r="Q30" s="4">
-        <v>29.59</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3049,54 +3049,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P31" s="4">
         <v>4.64</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3110,54 +3110,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>108</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P32" s="4">
         <v>0.81</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>49.99</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3171,54 +3171,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P33" s="4">
         <v>3.81</v>
       </c>
       <c r="Q33" s="4">
-        <v>3.8</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3232,54 +3232,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P34" s="4">
         <v>3.2</v>
       </c>
       <c r="Q34" s="4">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3293,54 +3293,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>198</v>
       </c>
       <c r="P35" s="4">
         <v>3.01</v>
       </c>
       <c r="Q35" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3354,54 +3354,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="P36" s="4">
         <v>4.8</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.79</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3415,54 +3415,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>204</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>205</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P37" s="4">
         <v>4.49</v>
       </c>
       <c r="Q37" s="4">
-        <v>4.49</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3476,54 +3476,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>173</v>
       </c>
       <c r="P38" s="4">
         <v>2.96</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>26.38</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3537,54 +3537,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P39" s="4">
         <v>49.93</v>
       </c>
       <c r="Q39" s="4">
-        <v>46.6</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>93.33</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>50</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4104,54 +4104,54 @@
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="7" t="s">
         <v>250</v>
       </c>
       <c r="B49" s="7"/>
       <c r="C49" s="7"/>
       <c r="D49" s="7"/>
       <c r="E49" s="11"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
       <c r="N49" s="8"/>
       <c r="O49" s="8">
         <v>1158.28</v>
       </c>
       <c r="P49" s="8">
-        <v>434.57</v>
+        <v>0</v>
       </c>
       <c r="Q49" s="8">
-        <v>37.52</v>
+        <v>0</v>
       </c>
       <c r="R49" s="8"/>
       <c r="S49" s="8"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A49:N49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>