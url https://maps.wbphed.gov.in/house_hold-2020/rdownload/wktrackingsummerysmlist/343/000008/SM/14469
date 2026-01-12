--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -206,51 +206,51 @@
   <si>
     <t>RTOR000736/2023-2024</t>
   </si>
   <si>
     <t>570/AD</t>
   </si>
   <si>
     <t>27/01/2024</t>
   </si>
   <si>
     <t>Augmentation in distribution system due to improvement of water as an interim measure by interconnection from Tubewells to OHR within Zone No-IX of Falta Block under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte. (2nd Call)</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000665/2023-2024</t>
   </si>
   <si>
     <t>2599/AD</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
-    <t>29/05/2025</t>
+    <t>26/09/2025</t>
   </si>
   <si>
     <t>BANGA NIRMAN</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>