--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,192 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>SOUTH 24 PARGANAS</t>
+  </si>
+  <si>
+    <t>Alipore Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION IN DISTRIBUTION SYSTEM WITH CONSTRUCTION OF OHR AND ALLIED WORKS TO EXTEND THE BENEFIT OF 100% HOUSEHOLD BY PROVIDING FHTC UNDER ZONE-VIII OF FALTA BLOCK WITHIN ' MEGA SURFACE WATER BASED WATER SUPPLY SCHEME FOR FALTA-MATHURAPUR, DISTRICT SOU</t>
+  </si>
+  <si>
+    <t>SM/14468</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Augmentation of laying distribution system including construction of 400 m3 capacity OHR to extend the benefit of 100% household by Providing Functional Household Tap Connection (FHTC) from distribution system in Zone-VIII(A) at Falta block within " Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Diamond Harbour sub division</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000021/2023-2024</t>
+  </si>
+  <si>
+    <t>92/AD</t>
+  </si>
+  <si>
+    <t>11/04/2023</t>
+  </si>
+  <si>
+    <t>05/02/2024</t>
+  </si>
+  <si>
+    <t>BIDYUT UDYOG</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000135/2022-2023</t>
+  </si>
+  <si>
+    <t>22/AD</t>
+  </si>
+  <si>
+    <t>05/04/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000187/2023-2024</t>
+  </si>
+  <si>
+    <t>1277/AD</t>
+  </si>
+  <si>
+    <t>05/07/2023</t>
+  </si>
+  <si>
+    <t>Augmentation for Providing Functional Household Tap Connection (FHTC) from distribution system in Zone- VII at Falta block under " Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.(Phase-II). [No of FHTC-1300].</t>
+  </si>
+  <si>
+    <t>ORD/002051/2022-2023</t>
+  </si>
+  <si>
+    <t>12973/AD</t>
+  </si>
+  <si>
+    <t>22/03/2023</t>
+  </si>
+  <si>
+    <t>20/06/2023</t>
+  </si>
+  <si>
+    <t>SUPRITI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Payment for "Restoration of Fatepur Falta Road (MDR) near Panchloki to Basulat Battala, damaged caused due to laying of water pipelines by PHED under Diamond Harbour Sub Division in the District of South 24 Pgs" - Vide memo no. 1347(W)/681G, dated 02.11.2023 of Superintending Engineer, Southern Circle, P.W.Dte.</t>
+  </si>
+  <si>
+    <t>BILL/01188/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-558</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGNEER, DIAMOND HARBOUR DIVN, P.W.(ROADS) DEPTT.</t>
+  </si>
+  <si>
+    <t>Payment for "Restoration of Fatepur Falta Road (MDR) (various chainage 465.5 mtr. , damaged caused due to laying of water pipelines by PHED under Diamond Harbour Sub Division in the District of South 24 Pgs" - Vide memo no. 1347(W)/681G, dated 02.11.2023 of Superintending Engineer, Southern Circle, P.W.Dte.,</t>
+  </si>
+  <si>
+    <t>BILL/01189/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-559</t>
+  </si>
+  <si>
+    <t>Augmentation of laying distribution system to extend the benefit of 100% household by proving Functional Household Tap Connection (FHTC) for leftout areas and construction of platform for existing FHTC with allied works in Zone-VIII of Falta block within " Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur under Diamond Harbour sub- Division of Alipore Division P.H.E Dte. [No of FHTC-700].</t>
+  </si>
+  <si>
+    <t>ORD/000013/2023-2024</t>
+  </si>
+  <si>
+    <t>04/AD</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>03/07/2023</t>
+  </si>
+  <si>
+    <t>TANMAY ROY CHOWDHURY</t>
+  </si>
+  <si>
+    <t>Augmentation of laying distribution system including construction of 600 m3 capacity OHR to extend the benefit of 100% household by Providing Functional Household Tap Connection (FHTC) from distribution system in Zone-VIII(B) at Falta block within "Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas" under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000304/2023-2024</t>
+  </si>
+  <si>
+    <t>1507/AD</t>
+  </si>
+  <si>
+    <t>15/07/2023</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>SUBRATA GHOSH</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +292,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +645,675 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>196.04</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>1</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" s="4">
+        <v>101.08</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" s="4">
+        <v>101.08</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P6" s="4">
+        <v>106.69</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>59.72</v>
+      </c>
+      <c r="R6" s="4">
+        <v>55.98</v>
+      </c>
+      <c r="S6" s="4">
+        <v>70</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" s="4">
+        <v>0.94</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P8" s="4">
+        <v>28</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="P9" s="4">
+        <v>169.17</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>99.02</v>
+      </c>
+      <c r="R9" s="4">
+        <v>58.53</v>
+      </c>
+      <c r="S9" s="4">
+        <v>80</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" s="4">
+        <v>285.95</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>29.8</v>
+      </c>
+      <c r="R10" s="4">
+        <v>10.42</v>
+      </c>
+      <c r="S10" s="4">
+        <v>40</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>988.95</v>
+      </c>
+      <c r="P11" s="8">
+        <v>188.54</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>19.06</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>