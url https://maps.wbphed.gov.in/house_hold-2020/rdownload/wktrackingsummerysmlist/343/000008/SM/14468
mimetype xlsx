--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -983,54 +983,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>106.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>59.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>55.98</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1158,54 +1158,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>169.17</v>
       </c>
       <c r="Q9" s="4">
-        <v>99.02</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>58.53</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1219,88 +1219,88 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>285.95</v>
       </c>
       <c r="Q10" s="4">
-        <v>29.8</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>10.42</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>988.95</v>
       </c>
       <c r="P11" s="8">
-        <v>188.54</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>19.06</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>