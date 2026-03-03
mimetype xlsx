--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1342,54 +1342,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>36.7</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.58</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.8</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1405,54 +1405,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>27.45</v>
       </c>
       <c r="Q9" s="4">
-        <v>23.9</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>87.04</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1468,54 +1468,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>0.95</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1529,54 +1529,54 @@
         <v>75</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4">
         <v>20.41</v>
       </c>
       <c r="Q11" s="4">
-        <v>17.35</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>84.99</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1592,54 +1592,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>0.49</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1832,54 +1832,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
         <v>61.73</v>
       </c>
       <c r="Q16" s="4">
-        <v>25.41</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>41.17</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>75</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1895,54 +1895,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P17" s="4">
         <v>507.58</v>
       </c>
       <c r="Q17" s="4">
-        <v>164.46</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>32.4</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>40</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2021,54 +2021,54 @@
       <c r="I19" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P19" s="4">
         <v>26.01</v>
       </c>
       <c r="Q19" s="4">
-        <v>12.63</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>48.57</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>40</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2084,54 +2084,54 @@
       <c r="I20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="4">
         <v>156.91</v>
       </c>
       <c r="Q20" s="4">
-        <v>87.85</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>55.99</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>70</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2307,54 +2307,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1125.92</v>
       </c>
       <c r="P24" s="8">
-        <v>353.82</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>31.43</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>