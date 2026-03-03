--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1054,54 +1054,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.49</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1115,54 +1115,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>45.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>27.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>60.26</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1176,54 +1176,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>7.42</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.42</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>95</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1237,54 +1237,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>39.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>32.37</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>81.1</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1298,54 +1298,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>5.05</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.05</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1648,54 +1648,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P13" s="4">
         <v>265.34</v>
       </c>
       <c r="Q13" s="4">
-        <v>235.77</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>88.86</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1953,54 +1953,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P18" s="4">
         <v>24.97</v>
       </c>
       <c r="Q18" s="4">
-        <v>22.47</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>90.01</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2014,54 +2014,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
         <v>0.81</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>49.99</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2075,54 +2075,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P20" s="4">
         <v>33.69</v>
       </c>
       <c r="Q20" s="4">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.93</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2136,54 +2136,54 @@
       <c r="I21" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P21" s="4">
         <v>0.94</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2368,54 +2368,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P25" s="4">
         <v>367.4</v>
       </c>
       <c r="Q25" s="4">
-        <v>323.38</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>88.02</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>98</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2429,88 +2429,88 @@
       <c r="I26" s="13" t="s">
         <v>145</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P26" s="4">
         <v>22.37</v>
       </c>
       <c r="Q26" s="4">
-        <v>10.11</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>45.19</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>5</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>945.89</v>
       </c>
       <c r="P27" s="8">
-        <v>699.02</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>73.9</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>