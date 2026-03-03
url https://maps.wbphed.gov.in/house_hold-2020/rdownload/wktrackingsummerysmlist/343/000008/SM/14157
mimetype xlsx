--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1075,54 +1075,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>8.62</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.62</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>95</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1319,54 +1319,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>27.68</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.84</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>31.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1445,54 +1445,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>0.49</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1685,54 +1685,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P15" s="4">
         <v>167.97</v>
       </c>
       <c r="Q15" s="4">
-        <v>41.06</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>24.45</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>50</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1748,54 +1748,54 @@
       <c r="I16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P16" s="4">
         <v>366.95</v>
       </c>
       <c r="Q16" s="4">
-        <v>94.62</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>25.79</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>50</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1908,54 +1908,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>933.5</v>
       </c>
       <c r="P19" s="8">
-        <v>153.63</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>16.46</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>