--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1070,54 +1070,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>36.64</v>
       </c>
       <c r="Q3" s="4">
-        <v>33.11</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.38</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1249,54 +1249,54 @@
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>75.75</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.53</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>28.42</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>93</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1308,54 +1308,54 @@
         <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>18.06</v>
       </c>
       <c r="Q7" s="4">
-        <v>16.09</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.07</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1369,54 +1369,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P8" s="4">
         <v>7.34</v>
       </c>
       <c r="Q8" s="4">
-        <v>7.34</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1430,54 +1430,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>0.49</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1605,54 +1605,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>20.66</v>
       </c>
       <c r="Q12" s="4">
-        <v>14.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>70.2</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1666,54 +1666,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P13" s="4">
         <v>328.79</v>
       </c>
       <c r="Q13" s="4">
-        <v>85.68</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>26.06</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>30</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1849,54 +1849,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P16" s="4">
         <v>88.4</v>
       </c>
       <c r="Q16" s="4">
-        <v>45.63</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>51.61</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1910,54 +1910,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P17" s="4">
         <v>0.95</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>33.28</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2142,54 +2142,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="4">
         <v>89.96</v>
       </c>
       <c r="Q21" s="4">
-        <v>72.11</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>80.16</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>91</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2203,54 +2203,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P22" s="4">
         <v>85.86</v>
       </c>
       <c r="Q22" s="4">
-        <v>49.56</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>57.72</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2264,54 +2264,54 @@
       <c r="I23" s="13" t="s">
         <v>134</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P23" s="4">
         <v>19.63</v>
       </c>
       <c r="Q23" s="4">
-        <v>8.91</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>45.4</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>45</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2447,88 +2447,88 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P26" s="4">
         <v>88.01</v>
       </c>
       <c r="Q26" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>75.68</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>95</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>1077.55</v>
       </c>
       <c r="P27" s="8">
-        <v>421.88</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>39.15</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>