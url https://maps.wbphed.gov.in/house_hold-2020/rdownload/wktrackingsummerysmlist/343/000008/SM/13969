--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -206,51 +206,51 @@
   <si>
     <t>03/02/2024</t>
   </si>
   <si>
     <t>Additional laying distribution system at Gazipur and Shibanipur Mouza for covering the command area of Falta Zone-III due to avoiding NH crossings of pipelines under Falta Zone-VII for providing 100% FHTC within Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001974/2022-2023</t>
   </si>
   <si>
     <t>12593/AD</t>
   </si>
   <si>
     <t>13/03/2023</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>JOY GURU TRADING</t>
   </si>
   <si>
     <t>Balance works under the Augmentation scheme of Zone-IIIA at Falta block for providing balance pipe lying works, House Hold Tap connection under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer 3 DHSD</t>
+    <t>Junior Engineer 1 DHSD,Junior Engineer 3 DHSD</t>
   </si>
   <si>
     <t>ORD/001405/2024-2025</t>
   </si>
   <si>
     <t>5545/AD</t>
   </si>
   <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>M/S B ENTERPRISE</t>
   </si>
   <si>
     <t>Balance works under the Augmentation scheme of Zone-II at Falta block for providing balance pipe lying works, House Hold Tap connection, road restoration works etc.under Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division of PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000822/2024-2025</t>
   </si>
   <si>
     <t>780/AD</t>
   </si>
@@ -971,54 +971,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>138.23</v>
       </c>
       <c r="Q5" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>72.24</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>70</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1032,54 +1032,54 @@
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>0.84</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.37</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>44.2</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1207,54 +1207,54 @@
       <c r="I9" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>28.35</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>55.62</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1424,54 +1424,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>311.53</v>
       </c>
       <c r="P13" s="8">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>37.24</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>