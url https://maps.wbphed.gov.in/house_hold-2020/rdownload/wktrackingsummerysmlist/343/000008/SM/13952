--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -185,51 +185,51 @@
   <si>
     <t>GEO SOLUTION</t>
   </si>
   <si>
     <t>RTOR000847/2023-2024</t>
   </si>
   <si>
     <t>785/AD</t>
   </si>
   <si>
     <t>03/02/2024</t>
   </si>
   <si>
     <t>Augmentation of laying distribution system to extend the benefit of 100% household by proving Functional Household Tap Connection (FHTC) for leftout areas and construction of platform for existing FHTC with allied works in Zone-II of Falta block within Mega Surface Water Based Water Supply Scheme for Falta- Mathurapur under Diamond Harbour sub- Division of Alipore Division P.H.E Dte. [No. of FHTC = 2180]</t>
   </si>
   <si>
     <t>ORD/000264/2023-2024</t>
   </si>
   <si>
     <t>3668/AD</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
-    <t>22/07/2025</t>
+    <t>20/10/2025</t>
   </si>
   <si>
     <t>PARAMESWAR CHOWDHURY</t>
   </si>
   <si>
     <t>Restoration and laying of parallel line by UPVC pipes in distribution system at Falta Zone-II for providing 100% FHTC within Mega Surface water based water supply scheme for Falta-Mathurapur, District South 24 Parganas under Diamond Harbour Sub-Division of Alipore Division, P.H.E. Dte. (Node Point- 223 to 224,305 to 299,249 to 290, 248 to 314, 314 to 335, 290 to 305, 305 to 312, 312 to 337, 337 to 339, 339 to 343, 343 to 345, 345 to 350)</t>
   </si>
   <si>
     <t>ORD/001151/2023-2024</t>
   </si>
   <si>
     <t>3197/AD</t>
   </si>
   <si>
     <t>04/10/2023</t>
   </si>
   <si>
     <t>18/11/2023</t>
   </si>
   <si>
     <t>ADITYA HAZRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>