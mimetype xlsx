--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -802,54 +802,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.22</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.22</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -861,54 +861,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.72</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.72</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1097,54 +1097,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>271.31</v>
       </c>
       <c r="Q8" s="4">
-        <v>251.69</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>92.77</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1158,88 +1158,88 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>54.35</v>
       </c>
       <c r="Q9" s="4">
-        <v>51.25</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>94.28</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>347.87</v>
       </c>
       <c r="P10" s="8">
-        <v>310.88</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>89.37</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>