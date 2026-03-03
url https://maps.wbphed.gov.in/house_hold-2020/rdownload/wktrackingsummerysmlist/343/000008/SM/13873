--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -1136,54 +1136,54 @@
         <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>6.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.18</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1197,54 +1197,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>0.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1258,54 +1258,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>0.49</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1433,54 +1433,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>280.07</v>
       </c>
       <c r="Q10" s="4">
-        <v>215.4</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>76.91</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>78</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1494,54 +1494,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>27.88</v>
       </c>
       <c r="Q11" s="4">
-        <v>17.88</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>64.14</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1616,54 +1616,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>38.53</v>
       </c>
       <c r="Q13" s="4">
-        <v>36.23</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>94.02</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1677,54 +1677,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P14" s="4">
         <v>99.93</v>
       </c>
       <c r="Q14" s="4">
-        <v>93.57</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>93.64</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1738,54 +1738,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>0.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>32.12</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2084,54 +2084,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P21" s="4">
         <v>179.07</v>
       </c>
       <c r="Q21" s="4">
-        <v>167.98</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>93.81</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2145,54 +2145,54 @@
       <c r="I22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>22.21</v>
       </c>
       <c r="Q22" s="4">
-        <v>20.66</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>93.05</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2301,54 +2301,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>810.18</v>
       </c>
       <c r="P25" s="8">
-        <v>559.17</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>69.02</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>