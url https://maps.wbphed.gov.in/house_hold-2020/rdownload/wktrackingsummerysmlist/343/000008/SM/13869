--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -137,246 +137,264 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000103/2023-2024</t>
   </si>
   <si>
     <t>549/AD</t>
   </si>
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000504/2023-2024</t>
   </si>
   <si>
     <t>4947/AD</t>
   </si>
   <si>
     <t>22/12/2023</t>
   </si>
   <si>
+    <t>Making and fixing of permanent display board at headwork site of Gopalnagar Uttar, Durga Gobindapur, Paschim Surendranagar Zone-II (Part - I &amp; II), Gopalnagar Uttar Zone-I, Dakshin Laxminarayanpur PWSS under JJM at Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division P.H.E.D.</t>
+  </si>
+  <si>
+    <t>Juniour Engineer_3, Kakdwip Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002091/2023-2024</t>
+  </si>
+  <si>
+    <t>923/KSD</t>
+  </si>
+  <si>
+    <t>19/12/2023</t>
+  </si>
+  <si>
+    <t>24/12/2023</t>
+  </si>
+  <si>
+    <t>ANANTA KUMAR GIRI</t>
+  </si>
+  <si>
+    <t>Preparation of design (Pile and Pile Cap) drawing for foundation of different capacity OHR of Dakshin Lakhinarayanpur PWSS under JJM at Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002620/2023-2024</t>
+  </si>
+  <si>
+    <t>731(A)/KSD</t>
+  </si>
+  <si>
+    <t>05/12/2023</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
+    <t>CONSTEEL CONSULTANCY &amp; SERVICES</t>
+  </si>
+  <si>
+    <t>RTOR000754/2023-2024</t>
+  </si>
+  <si>
+    <t>589/AD</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>S24 Pgns Mechanical</t>
+  </si>
+  <si>
+    <t>Dakshin Laxminarayanpur PH-2Water supply scheme Application No- 1007545287 Reference ID- 106480850</t>
+  </si>
+  <si>
+    <t>BILL/02033/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-491</t>
+  </si>
+  <si>
+    <t>09/12/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Dakshin Lakshminarayanpur PH-1 Water supply scheme Application No- 1008101139 Reference ID- 106755052</t>
+  </si>
+  <si>
+    <t>BILL/02032/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-490</t>
+  </si>
+  <si>
+    <t>Supply, installation and commissioning of submersible pumping machinery along with allied accessories at P.H. 1&amp;2, of Dakshin Lakhinarayanpur water supply scheme under South 24 Pgs. Mechanical Division, PHE Dte. [Block: Patharpratima]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer -I,Assistant Engineer -II</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000379/2022-2023</t>
+  </si>
+  <si>
+    <t>3783/SMD</t>
+  </si>
+  <si>
+    <t>29/12/2022</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>MAA TARA CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Laying distribution system, Functional Household Tap Connection (FHTC) to all households for Dakshin Lakhinarayanpur Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Part-B)</t>
   </si>
   <si>
     <t>Juniour Engineer_2, Kakdwip Sub Division</t>
   </si>
   <si>
     <t>ORD/000383/2023-2024</t>
   </si>
   <si>
     <t>1776/AD</t>
   </si>
   <si>
     <t>26/07/2023</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>AQUATECH ENGINEERS</t>
   </si>
   <si>
-    <t>Making and fixing of permanent display board at headwork site of Gopalnagar Uttar, Durga Gobindapur, Paschim Surendranagar Zone-II (Part - I &amp; II), Gopalnagar Uttar Zone-I, Dakshin Laxminarayanpur PWSS under JJM at Pathar Pratima Block under Kakdwip Sub-Division of Alipore Division P.H.E.D.</t>
-[...97 lines deleted...]
-  <si>
     <t>Construction of 150 cum. Over Head Reservoir (OHR), (20 mtr. Staging Height) along with Pump House, Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including design &amp; drawing of foundation after soil investagation including O &amp; M of Laying distribution, Rising Main &amp; FHTC for 1 year after completion of FHTC works for Dakshin Lakhinarayanpur Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (Part-A) [No. of FHTC = 600]</t>
   </si>
   <si>
     <t>ORD/000619/2023-2024</t>
   </si>
   <si>
     <t>3730/AD</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>16/06/2025</t>
   </si>
   <si>
     <t>SYN DEVELOPERS PVT. LTD.</t>
   </si>
   <si>
     <t>Construction of boundary wall along with Land Development and Plinth Protection and Approach Road for Pump House at Head Work Site of Dakshin Laksinarayanpur W/S scheme, Block : Pathar Pratima under JJM of Kakdwip Sub-Division under Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/002044/2023-2024</t>
   </si>
   <si>
     <t>526/AD</t>
   </si>
   <si>
     <t>25/01/2024</t>
   </si>
   <si>
     <t>14/09/2025</t>
   </si>
   <si>
     <t>SARADA CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of boundary wall along with Land Development, Plinth Protection and Approach Road for Pump House at 2nd Tubewell Site of Dakshin Laksinarayanpur W/S scheme, Block : Pathar Pratima under JJM of Kakdwip Sub-Division under Alipore Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/002045/2023-2024</t>
   </si>
   <si>
     <t>527/AD</t>
   </si>
   <si>
-    <t>30/05/2025</t>
+    <t>29/06/2025</t>
   </si>
   <si>
     <t>GHOSH CONSTRUCTION</t>
   </si>
   <si>
     <t>Improvement of outdoor illumination arrangement with allied works at PH No-2 of Dakshin Laxminarayanpur W/S Scheme under JJM under South 24-Pgs Mechanical Division,PHE Dte.(SM/13869)</t>
   </si>
   <si>
     <t>Assistant Engineer -II</t>
   </si>
   <si>
     <t>ORD/000729/2025-2026</t>
   </si>
   <si>
     <t>302-AE-II/SMD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>Improvement of outdoor illumination arrangement with allied works at PH No-1 of Dakshin Laxminarayanpur W/S Scheme under JJM under South 24-Pgs Mechanical Division,PHE Dte. (SM/13869)</t>
   </si>
   <si>
     <t>ORD/000730/2025-2026</t>
   </si>
   <si>
     <t>301-AE-II/SMD</t>
+  </si>
+  <si>
+    <t>Sinking of 02 Nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by D.R. Rig method using UPVC Pipe &amp; Pre-packed Resin Bonded Gravel Filter at 1st and 2nd Tubewell Site of Dakshin Lakhinarayanpur W/S Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (3rd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000209/2023-2024</t>
+  </si>
+  <si>
+    <t>860/AD</t>
+  </si>
+  <si>
+    <t>27/05/2023</t>
+  </si>
+  <si>
+    <t>04/12/2024</t>
+  </si>
+  <si>
+    <t>DEVAM ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -765,51 +783,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W18"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1106,462 +1124,462 @@
       <c r="H6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
-        <v>89.3</v>
+        <v>0.94</v>
       </c>
       <c r="Q6" s="4">
-        <v>49.45</v>
+        <v>0.16</v>
       </c>
       <c r="R6" s="4">
-        <v>55.37</v>
+        <v>16.66</v>
       </c>
       <c r="S6" s="4">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="M7" s="4" t="s">
+      <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="N7" s="4" t="s">
+      <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="O7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>0.94</v>
+        <v>0.48</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.16</v>
+        <v>0.48</v>
       </c>
       <c r="R7" s="4">
-        <v>16.66</v>
+        <v>100</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="L8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N8" s="4" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="P8" s="4">
-        <v>0.48</v>
+        <v>1.52</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>1.52</v>
+        <v>4.81</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="P10" s="4">
-        <v>4.81</v>
+        <v>10.26</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="I11" s="13"/>
-[...1 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="M11" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O11" s="4" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>10.26</v>
+        <v>19.28</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
-        <v>19.28</v>
+        <v>89.3</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>49.45</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>55.37</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>250.67</v>
       </c>
       <c r="Q13" s="4">
         <v>91.32</v>
       </c>
       <c r="R13" s="4">
         <v>36.43</v>
       </c>
@@ -1580,51 +1598,51 @@
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>27.89</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
@@ -1643,248 +1661,311 @@
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>9.6</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>98</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="P16" s="4">
         <v>0.81</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="P17" s="4">
         <v>0.81</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
-      <c r="A18" s="7" t="s">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="B18" s="7"/>
-[...22 lines deleted...]
-      <c r="S18" s="8"/>
+      <c r="I18" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" s="4">
+        <v>38.28</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>0</v>
+      </c>
+      <c r="S18" s="4">
+        <v>100</v>
+      </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>505.81</v>
+      </c>
+      <c r="P19" s="8">
+        <v>145.65</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>28.79</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A18:N18"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>