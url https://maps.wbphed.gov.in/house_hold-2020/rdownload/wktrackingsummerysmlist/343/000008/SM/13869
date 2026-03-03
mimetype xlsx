--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -946,54 +946,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.24</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.24</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1127,54 +1127,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>0.94</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1190,54 +1190,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>0.48</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1493,54 +1493,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>89.3</v>
       </c>
       <c r="Q12" s="4">
-        <v>49.45</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>55.37</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>68</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1556,54 +1556,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>250.67</v>
       </c>
       <c r="Q13" s="4">
-        <v>91.32</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>36.43</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>30</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1905,54 +1905,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>505.81</v>
       </c>
       <c r="P19" s="8">
-        <v>145.65</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>28.79</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>