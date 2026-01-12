--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -359,51 +359,51 @@
   <si>
     <t>ORD/002067/2022-2023</t>
   </si>
   <si>
     <t>13006/AD</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>Construction, placing and fixing of FHTC platform at every individual beneficiary etc at Rajrajeswarpur PWSS, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E.D. (Part-B) (SM/13868)</t>
   </si>
   <si>
     <t>ORD/000236/2024-2025</t>
   </si>
   <si>
     <t>2611/AD</t>
   </si>
   <si>
     <t>19/06/2024</t>
   </si>
   <si>
-    <t>21/10/2025</t>
+    <t>19/01/2026</t>
   </si>
   <si>
     <t>Sinking of 02 Nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by D.R. Rig method using UPVC Pipe &amp; Pre-packed Resin Bonded Gravel Filter at 1st and 2nd Tubewell Site of Rajrajeshwarpur W/S Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (SM/13868) (2nd Call)</t>
   </si>
   <si>
     <t>ORD/000076/2025-2026</t>
   </si>
   <si>
     <t>2307/AD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>B.K. ENTERPRISE.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 