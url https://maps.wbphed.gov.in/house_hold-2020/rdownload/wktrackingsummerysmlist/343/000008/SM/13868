--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1036,54 +1036,54 @@
         <v>35</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>4.58</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1099,54 +1099,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>0.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1280,54 +1280,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>99.44</v>
       </c>
       <c r="Q8" s="4">
-        <v>92.1</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>92.62</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1898,54 +1898,54 @@
       <c r="I18" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P18" s="4">
         <v>263.39</v>
       </c>
       <c r="Q18" s="4">
-        <v>57.77</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>21.93</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>30</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2058,54 +2058,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>646.72</v>
       </c>
       <c r="P21" s="8">
-        <v>154.94</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>23.96</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>