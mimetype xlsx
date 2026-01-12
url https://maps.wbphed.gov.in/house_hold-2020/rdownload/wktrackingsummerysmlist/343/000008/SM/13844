--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -282,50 +282,86 @@
     <t>GEOTECHNICAL ENGINEERS CONSORTIUM</t>
   </si>
   <si>
     <t>RTOR000750/2023-2024</t>
   </si>
   <si>
     <t>585/AD</t>
   </si>
   <si>
     <t>29/01/2024</t>
   </si>
   <si>
     <t>Construction of 150 cum. (3 nos.), 200 cum. (2 nos.), 250 cum. (1 no.) Over Head Reservoir (OHR), (20 mtr. Staging Height) along with 10 nos. Pump House, Laying distribution system, Rising Main, Functional Household Tap Connection (FHTC) to all households including design &amp; drawing of pile foundation &amp; pile cap after soil investagation including O &amp; M of distribution system, rising main, FHTC for 1 year after completion of FHTC works for Choto Banashyamnagar, Sibnagar, Gangapur, Purba Sripatinagar, Paschim Sripatinagar, Uttar Surendraganj Water Supply Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. [No. of FHTC = 9779]</t>
   </si>
   <si>
     <t>ORD/000024/2023-2024</t>
   </si>
   <si>
     <t>123/AD</t>
   </si>
   <si>
     <t>13/04/2023</t>
   </si>
   <si>
     <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>Sinking of 01 No. 250mm x 150mm dia. 360 mtr. deep Tubewell by D.R. Rig method using UPVC Pipe &amp; Pre-packed Resin Bonded Gravel Filter at 2nd Tubewell Site of Sibnagar W/S Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000831/2025-2026</t>
+  </si>
+  <si>
+    <t>2082/AD</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>SARADA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Sinking of 02 Nos. 250mm x 150mm dia. 360 mtr. deep Tubewell by D.R. Rig method using UPVC Pipe &amp; Pre-packed Resin Bonded Gravel Filter at 1st and 2nd Tubewell Site of Sibnagar W/S Scheme, Block - Pathar Pratima for implementation of JJM under Kakdwip Sub-Division of Alipore Division, P.H.E. Dte. (3rd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000206/2023-2024</t>
+  </si>
+  <si>
+    <t>789/AD</t>
+  </si>
+  <si>
+    <t>24/05/2023</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>M/S. BOSE CONCERN</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -714,51 +750,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1509,87 +1545,213 @@
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P13" s="4">
         <v>2760.12</v>
       </c>
       <c r="Q13" s="4">
         <v>57.91</v>
       </c>
       <c r="R13" s="4">
         <v>2.1</v>
       </c>
       <c r="S13" s="4">
         <v>66</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="B14" s="7"/>
-[...22 lines deleted...]
-      <c r="S14" s="8"/>
+      <c r="I14" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" s="4">
+        <v>26.06</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" s="4">
+        <v>48.91</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>50</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>3310.44</v>
+      </c>
+      <c r="P16" s="8">
+        <v>175.49</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>5.3</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>