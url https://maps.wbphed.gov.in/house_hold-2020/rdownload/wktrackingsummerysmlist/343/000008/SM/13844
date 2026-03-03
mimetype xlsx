--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -976,54 +976,54 @@
         <v>35</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>7.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.14</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1157,54 +1157,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>373.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>109.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>29.4</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>20</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1409,54 +1409,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>0.49</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1531,54 +1531,54 @@
       <c r="I13" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P13" s="4">
         <v>2760.12</v>
       </c>
       <c r="Q13" s="4">
-        <v>57.91</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>2.1</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>66</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1691,54 +1691,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>3310.44</v>
       </c>
       <c r="P16" s="8">
-        <v>175.49</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>